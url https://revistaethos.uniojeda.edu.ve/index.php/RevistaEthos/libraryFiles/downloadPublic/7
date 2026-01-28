--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -8,926 +8,594 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="00333DA4">
-[...379 lines deleted...]
-    <w:p w:rsidR="00A0477E" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
+    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...403 lines deleted...]
-      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título de</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">l libro de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en español (Entre 10 y 15 palabras)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="008A29DA" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">del libro de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00DF39B2" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Autor del libro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Editorial:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Año:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Disponibilidad: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00680C38" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apellidos, Nombres del </w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseñador o comentarista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (campo obligatorio)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006135DA" w:rsidRDefault="006135DA" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afiliación institucional-</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ídem autores 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>y 3 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>si los hay</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="001D61EC" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En un solo párrafo, interlineado sencillo, sin sangría, máximo 150 palabras. </w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Se expone breve introducción</w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> al trabajo</w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">aspectos relevantes de la temática abordada </w:t>
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">y </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">la </w:t>
+        <w:t>todo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>logía</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, resultados y </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>conclusión.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1083,1377 +751,1294 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00990987">
-[...9 lines deleted...]
-    <w:p w:rsidR="0081667B" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A0477E" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Esta parte de la reseña se redacta en párrafos entre 6 y 10 líneas, sin sangría, con interlineado de 1,5, con espaciado posterior entre párrafos de 6 pts. Alineación justificada. Fuente Times New Roman, tamaño 12. Se inicia con la identificación de manera correcta de la obra o ficha técnica (título, autor, lugar, editorial, año, número de páginas, ISSN), de libre presentación, junto con la portada de la obra (digital), seguida de la presentación de la misma (tema, justificación, objetivos, audiencia, valoración del autor, valoración general).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...105 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="00AB4BC5" w:rsidP="00AB4BC5">
+    </w:p>
+    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Desarrollo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF4C8B" w:rsidRPr="004564A2" w:rsidRDefault="00AF4C8B" w:rsidP="008C2286">
+    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+    <w:p w:rsidR="00DF39B2" w:rsidRPr="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...87 lines deleted...]
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se desglosa en secciones según los aspectos indicados en la introducción, cada una de estas se redacta en párrafos entre 6 y 10 líneas, sin sangría, con interlineado de 1,5, con espaciado posterior entre párrafos de 6 pts. Alineación justificada. Fuente Times New Roman, tamaño 12. Las subsecciones alineadas a la izquierda, en cursiva, fuente en tamaño 12. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF39B2" w:rsidRPr="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En esta parte de la reseña se realiza un análisis sintético de las características de la obra, desde una mirada crítica, sus diferentes partes y se coloca en contextos similares publicados en el área, destacando su aportación a la misma, bien dando a conocer aportes y avances de un campo disciplinario o contrastar enfoques teóricos. El reseñador valora positiva o negativamente, sustenta y evalúa la obra. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
-[...59 lines deleted...]
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+    <w:p w:rsidR="00150E66" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>El autor da a conocer las consideraciones teóricas en las que se sustenta la reseña; es decir, la revisión de la literatura de fuentes certificadas y actualizadas (últimos 5 años), se deben consultar en bases de datos de calidad e históricas que aporten información relevante a la valoración. En caso de utilizar tablas, el tamaño será en fuente Times New Roman, tamaño 10, con interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00150E66" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176A9F" w:rsidRPr="000D70AA" w:rsidRDefault="00176A9F" w:rsidP="00EB4DB4">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conclusiones o consideraciones fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ales</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
-[...7 lines deleted...]
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+    <w:p w:rsidR="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00CB2207" w:rsidRDefault="00DF39B2" w:rsidP="00CB2207">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00DF39B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Reflexiones finales sobre la utilidad práctica de la obra y la reseña, se presenta de forma argumentada y crítica. En esta parte de la reseña se recapitulan los aspectos concretos de la temática abordada dentro del contexto, se reafirman las teorías presentadas, se refleja el enfoque y postura final del autor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008A29DA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AD0937" w:rsidRPr="000D70AA" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
-[...7 lines deleted...]
-    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+    <w:p w:rsidR="000D70AA" w:rsidRPr="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000D70AA" w:rsidRDefault="00CB2207" w:rsidP="00B06C32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Comprende el listado de las fuentes consultadas y </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB2207">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>expresamente citadas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a lo largo del trabajo (mínimo 3 para reseñas). Para su estructura, c</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EB069B">
+        <w:t xml:space="preserve"> a lo largo del trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF39B2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (mínimo 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>. Para su estructura, c</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onsult</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EB069B">
+      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> las normas para las referencias en el portal de la revista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t>, ajustadas al manual de publicaciones de la Asociación Americana de Psicología (APA) en su 7ma edición</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00EB069B">
+        <w:t>, ajustadas a</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>l manual de publicaciones de la Asociación Americana de Psicología (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>APA</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en su </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ma edición</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00B06C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B8504A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> o similar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0081667B" w:rsidRDefault="004A30C2">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="00B06C32">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Importante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>es necesario</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00946F29" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://latindex.org/latindex/inicio</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00946F29" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00946F29" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://mjl.clarivate.com/home</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00946F29" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://doaj.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003A6228">
-[...108 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="00193099">
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRPr="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Datos del autor o los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ítulos profesionales </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">universitarios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>obtenidos al momento del envío del trabajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ombre de la institución donde se realizó el trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>nstitució</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>n a la cual pertenece o perteneció, en caso de ser jubilado, el autor, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Declaración de c</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidR="008979B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> y originalidad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
-[...108 lines deleted...]
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="008979B2" w:rsidRPr="008979B2" w:rsidRDefault="007E41C3" w:rsidP="00D27EE2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E33F5">
+      </w:pPr>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t>Conforme a lo estipulado en el C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ódigo de ética y buenas prácticas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t xml:space="preserve"> publicado en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
+        </w:rPr>
+        <w:t>Revista Ethos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...10 lines deleted...]
-          <w:b/>
+        <w:t>los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Apellidos y nombres de los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Comité Editorial que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ienen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> situaciones que representen conflicto de interés real, potencial o evidente, de carácter académico, financiero, intelectual o con derechos de propiedad intelectual relacionados con el contenido de</w:t>
+      </w:r>
+      <w:r w:rsidR="000955FD">
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="000955FD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a reseña</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
+        <w:rPr>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título del proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
-[...30 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, en relación con su publicación.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>De igual manera, declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo es original, no ha sido publicado parcial ni totalmente en otro medio de difusión, no se utiliza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ideas, formulaciones, citas o ilustraciones diversas, extraídas de distintas fuentes, sin mencionar de forma clara y estricta su origen y sin ser referenciadas debidamente en la bibliografía correspondiente. Cons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que el Comité Editorial aplique cualquier sistema de detección de plagio para verificar su originalidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, así también declaran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
-[...51 lines deleted...]
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la preparación de este manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no utiliz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Así lo declaro(declaramos) en (Lugar y f</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004564A2">
+        <w:t>Así lo declar</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o(declar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>amos</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lugar y f</w:t>
+      </w:r>
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>echa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Firmas autógrafas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> del autor o autores</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="004564A2" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="008C2286" w:rsidP="00B44C58">
-[...68 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
-      <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1985" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
+    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
+    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> 10, con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00312625" w:rsidRPr="0015408C" w:rsidRDefault="0015408C" w:rsidP="0015408C">
+  <w:p w:rsidR="00312625" w:rsidRDefault="00312625">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00312625" w:rsidRDefault="006D49EB" w:rsidP="00C720C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C720C9">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6049FE60" wp14:editId="11B0808B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3096B6A8" wp14:editId="20EA14B0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-93980</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6372000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="24" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6372000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
@@ -2468,237 +2053,243 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6F1C993D" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-7.4pt" to="501.75pt,-7.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHEGkT3gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KdNikEyzk4SC9d&#10;jC4fwFBDiwA3DBlL/vsOKVlJFxRo0QslkvPezHsz3N6O1rATYNTetXy9qjkDJ32n3bHl377ev3rL&#10;WUzCdcJ4By0/Q+S3u5cvtkNoYON7bzpARiQuNkNoeZ9SaKoqyh6siCsfwNGl8mhFoi0eqw7FQOzW&#10;VJu6vq4Gj11ALyFGOr2bLvmu8CsFMn1SKkJipuVUWyorlvUhr9VuK5ojitBrOZch/qEKK7SjpAvV&#10;nUiCPaL+hcpqiT56lVbS28orpSUUDaRmXf+k5ksvAhQtZE4Mi03x/9HKj6cDMt21fPOaMycs9WhP&#10;nZLJI8P8YZur7NIQYkPBe3fAeRfDAbPkUaHNXxLDxuLseXEWxsQkHV5f3VC3qAHyclc9AQPG9A68&#10;Zfmn5Ua7LFo04vQ+JkpGoZeQfGxcXqM3urvXxpRNHhfYG2QnQY0WUoJL60JiHu0H303nN29yDRNj&#10;mbAMKfzP2ChbzlBlwZPE8pfOBqbsn0GRYSRqSrAQ/Zh7ymIcRWeYokoXYF0q+yNwjs9QKGP8N+AF&#10;UTJ7lxaw1c7j77KncT0bo6b4iwOT7mzBg+/OpfnFGprH4tz8dvLAP98X+NML330HAAD//wMAUEsD&#10;BBQABgAIAAAAIQBt0Bto2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIwEEX3lbiDNUjd&#10;gU1bqiiNg1Aryq6iKQcw8TRJsceRbUi4fY1UiS5n/ujPe8VqtIad0YfOkYTFXABDqp3uqJGw/9rM&#10;MmAhKtLKOEIJFwywKid3hcq1G+gTz1VsWCqhkCsJbYx9znmoW7QqzF2PlLJv562KafQN114Nqdwa&#10;/iDEM7eqo/ShVT2+tlgfq5OVMGbV4N92y+1Pxu12jx+bi383Ut5Px/ULsIhjvB3DFT+hQ5mYDu5E&#10;OjAjIYlECbPFUxK4xkI8LoEd/la8LPh/g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;RxBpE94BAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAbdAbaNsAAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
+            <v:line w14:anchorId="2B6CCEFF" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-7.4pt" to="501.75pt,-7.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHEGkT3gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KdNikEyzk4SC9d&#10;jC4fwFBDiwA3DBlL/vsOKVlJFxRo0QslkvPezHsz3N6O1rATYNTetXy9qjkDJ32n3bHl377ev3rL&#10;WUzCdcJ4By0/Q+S3u5cvtkNoYON7bzpARiQuNkNoeZ9SaKoqyh6siCsfwNGl8mhFoi0eqw7FQOzW&#10;VJu6vq4Gj11ALyFGOr2bLvmu8CsFMn1SKkJipuVUWyorlvUhr9VuK5ojitBrOZch/qEKK7SjpAvV&#10;nUiCPaL+hcpqiT56lVbS28orpSUUDaRmXf+k5ksvAhQtZE4Mi03x/9HKj6cDMt21fPOaMycs9WhP&#10;nZLJI8P8YZur7NIQYkPBe3fAeRfDAbPkUaHNXxLDxuLseXEWxsQkHV5f3VC3qAHyclc9AQPG9A68&#10;Zfmn5Ua7LFo04vQ+JkpGoZeQfGxcXqM3urvXxpRNHhfYG2QnQY0WUoJL60JiHu0H303nN29yDRNj&#10;mbAMKfzP2ChbzlBlwZPE8pfOBqbsn0GRYSRqSrAQ/Zh7ymIcRWeYokoXYF0q+yNwjs9QKGP8N+AF&#10;UTJ7lxaw1c7j77KncT0bo6b4iwOT7mzBg+/OpfnFGprH4tz8dvLAP98X+NML330HAAD//wMAUEsD&#10;BBQABgAIAAAAIQBt0Bto2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIwEEX3lbiDNUjd&#10;gU1bqiiNg1Aryq6iKQcw8TRJsceRbUi4fY1UiS5n/ujPe8VqtIad0YfOkYTFXABDqp3uqJGw/9rM&#10;MmAhKtLKOEIJFwywKid3hcq1G+gTz1VsWCqhkCsJbYx9znmoW7QqzF2PlLJv562KafQN114Nqdwa&#10;/iDEM7eqo/ShVT2+tlgfq5OVMGbV4N92y+1Pxu12jx+bi383Ut5Px/ULsIhjvB3DFT+hQ5mYDu5E&#10;OjAjIYlECbPFUxK4xkI8LoEd/la8LPh/g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;RxBpE94BAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAbdAbaNsAAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista Ethos</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">. Revista científica venezolana. Año/mes-mes, vol. xx, No. xx, </w:t>
+      <w:t xml:space="preserve">. Revista </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidR="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>pp</w:t>
+      <w:t>científica venezolana</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r>
+    <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>-pp. Venezuela</w:t>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r w:rsidR="00C720C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Venezuela</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00841699" w:rsidRDefault="00EE302D">
+  <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE302D">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D1BEDF8" wp14:editId="53850DDF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A7EAC8D" wp14:editId="28AE703F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2508885</wp:posOffset>
+                <wp:posOffset>2285669</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>86665</wp:posOffset>
+                <wp:posOffset>69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3617595" cy="262255"/>
               <wp:effectExtent l="0" t="0" r="0" b="4445"/>
               <wp:wrapNone/>
               <wp:docPr id="40" name="Cuadro de texto 40"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3617595" cy="262255"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                        <w:p w:rsidR="00841699" w:rsidRDefault="000C0013" w:rsidP="000C0013">
                           <w:pPr>
                             <w:pStyle w:val="Piedepgina"/>
                           </w:pPr>
                           <w:r w:rsidRPr="000C0013">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>https://revistaethos.uniojeda.edu</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00E15973">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.ve/index.php/RevistaEthos</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1D1BEDF8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3A7EAC8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 40" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:197.55pt;margin-top:6.8pt;width:284.85pt;height:20.65pt;z-index:251697152;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvHTyyNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l4UNSxLEElEiqkoo&#10;iUSqnI3XZleyPa5t2KVf37EXCEp7qnoxY8/sG7/3xsweOq3IQTjfgCnpaDCkRBgOVWN2Jf3xuvpy&#10;R4kPzFRMgRElPQpPH+afP81aOxU51KAq4QiCGD9tbUnrEOw0yzyvhWZ+AFYYTEpwmgXcul1WOdYi&#10;ulZZPhxOshZcZR1w4T2ePvZJOk/4UgoenqX0IhBVUrxbSKtL6zau2XzGpjvHbN3w0zXYP9xCs8Zg&#10;0wvUIwuM7F3zB5RuuAMPMgw46AykbLhIHJDNaPiBzaZmViQuKI63F5n8/4PlT4cXR5qqpGOUxzCN&#10;Hi33rHJAKkGC6AIQzKBMrfVTrN5YrA/dV+jQ7vO5x8PIvpNOx1/kRTCPiMeLyAhFOB7eTEa3xX1B&#10;CcdcPsnzoogw2fvX1vnwTYAmMSipQxOTtuyw9qEvPZfEZgZWjVLJSGVIW9LJTTFMH1wyCK4M9ogc&#10;+rvGKHTbLlG/8NhCdUR6Dvo58ZavGrzDmvnwwhwOBjLCYQ/PuEgF2AtOESU1uF9/O4/16BdmKWlx&#10;0Erqf+6ZE5So7wadvB+No/QhbcbFbY4bd53ZXmfMXi8BZ3mEz8ryFMb6oM6hdKDf8E0sYldMMcOx&#10;d0nDOVyGfvzxTXGxWKQinEXLwtpsLI/QUdWo8Gv3xpw92RBn4QnOI8mmH9zoa3s/FvsAsklWRZ17&#10;VU/y4xwns09vLj6U632qev9nmP8GAAD//wMAUEsDBBQABgAIAAAAIQBBy98k4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNNHoibEqapIFRKCRUs37Caxm0TE4xC7beDr&#10;GVawHN2jO+fmm8n24mJG3zlSMJ9FIAzVTnfUKDi+7R7WIHxA0tg7Mgq+jIdNcXuTY6bdlfbmcgiN&#10;4BLyGSpoQxgyKX3dGot+5gZDnJ3caDHwOTZSj3jlctvLRRQl0mJH/KHFwZStqT8OZ6vgudy94r5a&#10;2PV3Xz69nLbD5/E9Vur+bto+gghmCn8w/OqzOhTsVLkzaS96Bcs0njPKwTIBwUCarHhLpSBepSCL&#10;XP5fUPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbx08sjUCAABhBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQcvfJOEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 40" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:179.95pt;margin-top:5.5pt;width:284.85pt;height:20.65pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvHTyyNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l4UNSxLEElEiqkoo&#10;iUSqnI3XZleyPa5t2KVf37EXCEp7qnoxY8/sG7/3xsweOq3IQTjfgCnpaDCkRBgOVWN2Jf3xuvpy&#10;R4kPzFRMgRElPQpPH+afP81aOxU51KAq4QiCGD9tbUnrEOw0yzyvhWZ+AFYYTEpwmgXcul1WOdYi&#10;ulZZPhxOshZcZR1w4T2ePvZJOk/4UgoenqX0IhBVUrxbSKtL6zau2XzGpjvHbN3w0zXYP9xCs8Zg&#10;0wvUIwuM7F3zB5RuuAMPMgw46AykbLhIHJDNaPiBzaZmViQuKI63F5n8/4PlT4cXR5qqpGOUxzCN&#10;Hi33rHJAKkGC6AIQzKBMrfVTrN5YrA/dV+jQ7vO5x8PIvpNOx1/kRTCPiMeLyAhFOB7eTEa3xX1B&#10;CcdcPsnzoogw2fvX1vnwTYAmMSipQxOTtuyw9qEvPZfEZgZWjVLJSGVIW9LJTTFMH1wyCK4M9ogc&#10;+rvGKHTbLlG/8NhCdUR6Dvo58ZavGrzDmvnwwhwOBjLCYQ/PuEgF2AtOESU1uF9/O4/16BdmKWlx&#10;0Erqf+6ZE5So7wadvB+No/QhbcbFbY4bd53ZXmfMXi8BZ3mEz8ryFMb6oM6hdKDf8E0sYldMMcOx&#10;d0nDOVyGfvzxTXGxWKQinEXLwtpsLI/QUdWo8Gv3xpw92RBn4QnOI8mmH9zoa3s/FvsAsklWRZ17&#10;VU/y4xwns09vLj6U632qev9nmP8GAAD//wMAUEsDBBQABgAIAAAAIQBsHST04AAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hmYI3u2lKShOzKSVQBNFDay/eJtltEpqdjdltG/31&#10;jic9Du/jzffyzWR7cTWj7xwpWMwjEIZqpztqFBzfd49rED4gaewdGQVfxsOmuL/LMdPuRntzPYRG&#10;cAn5DBW0IQyZlL5ujUU/d4Mhzk5utBj4HBupR7xxue1lHEUrabEj/tDiYMrW1OfDxSp4KXdvuK9i&#10;u/7uy+fX03b4PH4kSj3Mpu0TiGCm8AfDrz6rQ8FOlbuQ9qJXsEzSlFEOFryJgTROVyAqBUm8BFnk&#10;8v+C4gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvHTyyNQIAAGEEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBsHST04AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                  <w:p w:rsidR="00841699" w:rsidRDefault="000C0013" w:rsidP="000C0013">
                     <w:pPr>
                       <w:pStyle w:val="Piedepgina"/>
                     </w:pPr>
                     <w:r w:rsidRPr="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>https://revistaethos.uniojeda.edu</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00E15973">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.ve/index.php/RevistaEthos</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00841699">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DED2CFA" wp14:editId="7EE33F78">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F632D16" wp14:editId="7AC5996D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-15240</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>54279</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6371590" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="39" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6371590" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
@@ -2713,325 +2304,262 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="767F3861" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-1.2pt,4.25pt" to="500.5pt,4.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5apGe4wEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtJGkEyzk4SC99&#10;GH18AEORFgGSSywZS/77LilbSR8o0KIXSiR3Zndml5u70Vl2VBgN+JYvFzVnykvojD+0/NvXhzdv&#10;OYtJ+E5Y8KrlJxX53fb1q80QGrWCHmynkBGJj80QWt6nFJqqirJXTsQFBOXpUgM6kWiLh6pDMRC7&#10;s9Wqrq+rAbALCFLFSKf30yXfFn6tlUyftI4qMdtyqi2VFcv6mNdquxHNAUXojTyXIf6hCieMp6Qz&#10;1b1Igj2h+YXKGYkQQaeFBFeB1kaqooHULOuf1HzpRVBFC5kTw2xT/H+08uNxj8x0LV/fcuaFox7t&#10;qFMyATLMH7ZaZ5eGEBsK3vk9nncx7DFLHjW6/CUxbCzOnmZn1ZiYpMPr9c3y6pYaIC931TMwYEzv&#10;FDiWf1pujc+iRSOO72OiZBR6CcnH1uc1gjXdg7G2bPK4qJ1FdhTUaCGl8mlZSOyT+wDddH5zVdel&#10;5cRYJixDCv8LNrrLGaoseJJY/tLJqin7Z6XJMBI1JZiJfsw91W09RWeYpkpnYF0q+yPwHJ+hqozx&#10;34BnRMkMPs1gZzzg77KncZm7TOL1FH9xYNKdLXiE7lSaX6yheSzh57eTB/7lvsCfX/j2OwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOmYVlTaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrkXoDG1SqKI2DEBXlVrUpH2DibRKw15FtSPj7ml7a4+yMZt4W69EadkUfOkcSFnMBDKl2uqNG&#10;wuFrN8uAhahIK+MIJdwwwLqcPBQq126gT7xWsWGphEKuJLQx9jnnoW7RqjB3PVLyvp23KibpG669&#10;GlK5NXwpxDO3qqO00Koety3W5+piJYxZNfjXj9X+lHG7P+D77ubfjJSP03HzAiziGP/CcMdP6FAm&#10;pqO7kA7MSJgtn1JSQrYCdreFWKTfjr8HXhb8P3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADlqkZ7jAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOmYVlTaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
+            <v:line w14:anchorId="7CA78211" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-1.2pt,4.25pt" to="500.5pt,4.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5apGe4wEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtJGkEyzk4SC99&#10;GH18AEORFgGSSywZS/77LilbSR8o0KIXSiR3Zndml5u70Vl2VBgN+JYvFzVnykvojD+0/NvXhzdv&#10;OYtJ+E5Y8KrlJxX53fb1q80QGrWCHmynkBGJj80QWt6nFJqqirJXTsQFBOXpUgM6kWiLh6pDMRC7&#10;s9Wqrq+rAbALCFLFSKf30yXfFn6tlUyftI4qMdtyqi2VFcv6mNdquxHNAUXojTyXIf6hCieMp6Qz&#10;1b1Igj2h+YXKGYkQQaeFBFeB1kaqooHULOuf1HzpRVBFC5kTw2xT/H+08uNxj8x0LV/fcuaFox7t&#10;qFMyATLMH7ZaZ5eGEBsK3vk9nncx7DFLHjW6/CUxbCzOnmZn1ZiYpMPr9c3y6pYaIC931TMwYEzv&#10;FDiWf1pujc+iRSOO72OiZBR6CcnH1uc1gjXdg7G2bPK4qJ1FdhTUaCGl8mlZSOyT+wDddH5zVdel&#10;5cRYJixDCv8LNrrLGaoseJJY/tLJqin7Z6XJMBI1JZiJfsw91W09RWeYpkpnYF0q+yPwHJ+hqozx&#10;34BnRMkMPs1gZzzg77KncZm7TOL1FH9xYNKdLXiE7lSaX6yheSzh57eTB/7lvsCfX/j2OwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOmYVlTaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrkXoDG1SqKI2DEBXlVrUpH2DibRKw15FtSPj7ml7a4+yMZt4W69EadkUfOkcSFnMBDKl2uqNG&#10;wuFrN8uAhahIK+MIJdwwwLqcPBQq126gT7xWsWGphEKuJLQx9jnnoW7RqjB3PVLyvp23KibpG669&#10;GlK5NXwpxDO3qqO00Koety3W5+piJYxZNfjXj9X+lHG7P+D77ubfjJSP03HzAiziGP/CcMdP6FAm&#10;pqO7kA7MSJgtn1JSQrYCdreFWKTfjr8HXhb8P3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADlqkZ7jAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOmYVlTaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00841699">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F06D7D3" wp14:editId="7492B5F5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="099BF525" wp14:editId="3F183A5F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>149225</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>134289</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="817245" cy="323850"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="13" name="Imagen 13"/>
+          <wp:docPr id="96" name="Imagen 96"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="817245" cy="323850"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00841699" w:rsidRDefault="00EE302D">
+  <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE302D">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26C310C0" wp14:editId="24664E53">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F84359E" wp14:editId="2E099F7A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2505913</wp:posOffset>
+                <wp:posOffset>2286000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>82779</wp:posOffset>
+                <wp:posOffset>68148</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2721255" cy="335915"/>
+              <wp:extent cx="4094922" cy="336499"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="41" name="Cuadro de texto 41"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2721255" cy="335915"/>
+                        <a:ext cx="4094922" cy="336499"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00EE302D" w:rsidRPr="00312625" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                        <w:p w:rsidR="00841699" w:rsidRPr="00312625" w:rsidRDefault="00841699" w:rsidP="00841699">
                           <w:pPr>
                             <w:pStyle w:val="Piedepgina"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Recibido</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
-[...35 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">: aaaa/mm/dd </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:sym w:font="Symbol" w:char="F07C"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Aceptado</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="000C0013">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
+                            <w:t>: aaaa/mm/dd</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
-                        <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D"/>
+                        <w:p w:rsidR="00841699" w:rsidRDefault="00841699" w:rsidP="00841699"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="26C310C0" id="Cuadro de texto 41" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:197.3pt;margin-top:6.5pt;width:214.25pt;height:26.45pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq1tR1NwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyGB7AcirCgrqkpo&#10;dyW22rNxbBLJ8bi2IaG/vmOHsGjbU9WLGc9MZubNe2b+0DWKHIV1NeiCpqMxJUJzKGu9L+iP1/WX&#10;O0qcZ7pkCrQo6Ek4+rD4/GnempnIoAJVCkuwiHaz1hS08t7MksTxSjTMjcAIjUEJtmEer3aflJa1&#10;WL1RSTYe3yQt2NJY4MI59D72QbqI9aUU3D9L6YQnqqA4m4+njecunMlizmZ7y0xV8/MY7B+maFit&#10;seml1CPzjBxs/UeppuYWHEg/4tAkIGXNRcSAaNLxBzTbihkRseBynLmsyf2/svzp+GJJXRZ0mlKi&#10;WYMcrQ6stEBKQbzoPBCM4Jpa42aYvTWY77uv0CHdg9+hM6DvpG3CL+IiGMeFny5LxlKEozO7zdIs&#10;zynhGJtM8vs0D2WS96+Ndf6bgIYEo6AWSYy7ZceN833qkBKaaVjXSkUilSZtQW8m+Th+cIlgcaWx&#10;R8DQzxos3+26CD0bcOygPCE8C71OnOHrGmfYMOdfmEVhICIUu3/GQyrAXnC2KKnA/vqbP+QjXxil&#10;pEWhFdT9PDArKFHfNTJ5n06nQZnxMs1vM7zY68juOqIPzQpQy0gWThfNkO/VYEoLzRu+iWXoiiGm&#10;OfYuqB/Mle/lj2+Ki+UyJqEWDfMbvTU8lA5bDRt+7d6YNWcaghaeYJAkm31go8/t+VgePMg6UhX2&#10;3G/1vH7UcST7/ObCQ7m+x6z3f4bFbwAAAP//AwBQSwMEFAAGAAgAAAAhADu7IUXhAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRpwmN0hCnqiJVSAgOLb1wc2I3iWqvQ+y2&#10;ga9nOZXjap5m3xTryRp20aPvHQpYzCNgGhunemwFHD62jxkwHyQqaRxqAd/aw7q8vytkrtwVd/qy&#10;Dy2jEvS5FNCFMOSc+6bTVvq5GzRSdnSjlYHOseVqlFcqt4bHUZRyK3ukD50cdNXp5rQ/WwGv1fZd&#10;7urYZj+menk7boavw+dSiIfZtHkGFvQUbjD86ZM6lORUuzMqz4yAZPWUEkpBQpsIyOJkAawWkC5X&#10;wMuC/19Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCq1tR1NwIAAGEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA7uyFF4QAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1F84359E" id="Cuadro de texto 41" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:180pt;margin-top:5.35pt;width:322.45pt;height:26.5pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALhkYYNgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l4SQpSUirCgrqkpo&#10;dyW22rNxbBLJ8bi2IaFf37EDLNr2VPVixjOTmXnznpnf960iR2FdA7qk41FKidAcqkbvS/rjZf3p&#10;CyXOM10xBVqU9CQcvV98/DDvTCEyqEFVwhIsol3RmZLW3psiSRyvRcvcCIzQGJRgW+bxavdJZVmH&#10;1VuVZGk6TTqwlbHAhXPofRiCdBHrSym4f5LSCU9USXE2H08bz104k8WcFXvLTN3w8xjsH6ZoWaOx&#10;6bXUA/OMHGzzR6m24RYcSD/i0CYgZcNFxIBoxuk7NNuaGRGx4HKcua7J/b+y/PH4bElTlTQfU6JZ&#10;ixytDqyyQCpBvOg9EIzgmjrjCszeGsz3/Vfoke6L36EzoO+lbcMv4iIYx4WfrkvGUoSjM09n+SzL&#10;KOEYm0ym+WwWyiRvXxvr/DcBLQlGSS2SGHfLjhvnh9RLSmimYd0oFYlUmnQlnU7u0vjBNYLFlcYe&#10;AcMwa7B8v+sj9OyCYwfVCeFZGHTiDF83OMOGOf/MLAoDEaHY/RMeUgH2grNFSQ3219/8IR/5wigl&#10;HQqtpO7ngVlBifqukcnZOM+DMuMlv/uc4cXeRna3EX1oV4BaRrJwumiGfK8uprTQvuKbWIauGGKa&#10;Y++S+ou58oP88U1xsVzGJNSiYX6jt4aH0mGrYcMv/Suz5kxD0MIjXCTJindsDLkDH8uDB9lEqsKe&#10;h62e1486jmSf31x4KLf3mPX2z7D4DQAA//8DAFBLAwQUAAYACAAAACEAm6idX+EAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNC2kJcaoqUoWE6KGlF26beJtExOsQu23g&#10;63FPcBzNaOZNthxtJ040+NaxhvuJAkFcOdNyrWH/vr5bgPAB2WDnmDR8k4dlfn2VYWrcmbd02oVa&#10;xBL2KWpoQuhTKX3VkEU/cT1x9A5usBiiHGppBjzHctvJqVKJtNhyXGiwp6Kh6nN3tBpei/UGt+XU&#10;Ln664uXtsOq/9h+PWt/ejKtnEIHG8BeGC35Ehzwyle7IxotOwyxR8UuIhpqDuASUengCUWpIZnOQ&#10;eSb/X8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAuGRhg2AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJuonV/hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00EE302D" w:rsidRPr="00312625" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                  <w:p w:rsidR="00841699" w:rsidRPr="00312625" w:rsidRDefault="00841699" w:rsidP="00841699">
                     <w:pPr>
                       <w:pStyle w:val="Piedepgina"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00717C8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Recibido</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">: </w:t>
@@ -3073,729 +2601,512 @@
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:sym w:font="Symbol" w:char="F07C"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00717C8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Aceptado</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>aaaa</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
-                  <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D"/>
+                  <w:p w:rsidR="00841699" w:rsidRDefault="00841699" w:rsidP="00841699"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00CE4D9F">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN</w:t>
     </w:r>
-    <w:r w:rsidR="00841699">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00EE285E">
+    <w:r w:rsidRPr="00EE285E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="000C0013">
+    <w:r w:rsidR="000C0013" w:rsidRPr="000C0013">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0276</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00841699" w:rsidRPr="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00CE4D9F">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN-E</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidRPr="00EE285E">
+    <w:r w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00EE302D" w:rsidRPr="00B864A3">
+    <w:r w:rsidR="00B864A3" w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0284</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
+    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
+    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00043803" w:rsidRDefault="008E5AC0">
+  <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D42FCD0" wp14:editId="7DE97A3F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>131673</wp:posOffset>
+            <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-235026</wp:posOffset>
+            <wp:posOffset>-208915</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2916000" cy="753989"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="3" name="Imagen 3"/>
+          <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2916000" cy="753989"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00333DA4">
+    <w:r w:rsidR="0080224E" w:rsidRPr="0080224E">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="es-VE"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...206 lines deleted...]
-      </mc:AlternateContent>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004632E6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004632E6" w:rsidRPr="00411945" w:rsidRDefault="00333DA4" w:rsidP="00411945">
+  <w:p w:rsidR="004632E6" w:rsidRPr="00312625" w:rsidRDefault="005A6C84">
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
-[...6 lines deleted...]
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="657CAA7C" wp14:editId="7AA53D3F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10AB361B" wp14:editId="134760CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>15240</wp:posOffset>
+                <wp:posOffset>14605</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>439090</wp:posOffset>
+                <wp:posOffset>390829</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6263640" cy="0"/>
+              <wp:extent cx="6264000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6263640" cy="0"/>
+                        <a:ext cx="6264000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="69B4E19F" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.2pt,34.55pt" to="494.4pt,34.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKGaEx5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xYIoia7kNXywuX&#10;ioUPcB27seSbxt4m/XvGTpoiQEIg/GDHM3Nm5hxPtveT0eQsIChnO1ptSkqE5a5X9tTRb18fX72l&#10;JERme6adFR29iEDvdy9fbEffitoNTvcCCCaxoR19R4cYfVsUgQ/CsLBxXlh0SgeGRbzCqeiBjZjd&#10;6KIuy6YYHfQeHBchoPVhdtJdzi+l4PGzlEFEojuKvcW8Q96PaS92W9aegPlB8aUN9g9dGKYsFl1T&#10;PbDIyDOoX1IZxcEFJ+OGO1M4KRUXmQOyqcqf2DwNzIvMBcUJfpUp/L+0/NP5AET1Hb2jxDKDT7TH&#10;h+LRAYF0kKpJIo0+tBi7twdYbsEfIDGeJJh0IhcyZWEvq7BiioSjsamb180d6s+vvuIG9BDie+EM&#10;SR8d1comzqxl5w8hYjEMvYYks7Zk7GiN600OC06r/lFpnZx5bsReAzkzfPHjqc4x+tl8dP1se1fi&#10;SpQw7xo+326Z0KctGhPtmWj+ihct5h6+CImqIbVqbiLN660u41zYWC1VtMXoBJPY5Qos/wxc4hNU&#10;5Fn+G/CKyJWdjSvYKOvgd9XjdG1ZzvFXBWbeSYKj6y95BLI0OJRZueUHSlP/4z3Db7/57jsAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD0RqzJ3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMKVWmIU1FQT0Cltkhc3XibpMTrKHac8Pcs4gDH2RnNvM3Xk21FxN43jhTMZwkIpNKZ&#10;hioF78ftXQrCB01Gt45QwRd6WBfXV7nOjBtpj/EQKsEl5DOtoA6hy6T0ZY1W+5nrkNg7u97qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4VGP5eRisAvP6gtVu8xzD2+ZjjMfLsI3tTqnbm+nxAUTAKfyF4Qef&#10;0aFgppMbyHjRKljcc1DBcjUHwfYqTfmT0+9BFrn8z198AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEoZoTHkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPRGrMncAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="0943D5CE" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008C2286" w:rsidRDefault="008E5AC0" w:rsidP="00AB4BC5">
+  <w:p w:rsidR="008C2286" w:rsidRDefault="00E14CDB" w:rsidP="002573F4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8838"/>
+      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BFD3561" wp14:editId="0BF584FC">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>746150</wp:posOffset>
+            <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-351815</wp:posOffset>
+            <wp:posOffset>-328803</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4680000" cy="1210105"/>
           <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="2" name="Imagen 2"/>
+          <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4680000" cy="1210105"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00411945" w:rsidRPr="008C2286">
+    <w:r w:rsidR="0080224E" w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79765356" wp14:editId="4B68147C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2C784E" wp14:editId="711017E8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>88265</wp:posOffset>
+                <wp:posOffset>66675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>1193004</wp:posOffset>
+                <wp:posOffset>1230440</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6155690" cy="0"/>
-              <wp:effectExtent l="0" t="0" r="35560" b="19050"/>
+              <wp:extent cx="6227445" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="20955" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="37" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6155690" cy="0"/>
+                        <a:ext cx="6227445" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2F51E836" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="6.95pt,93.95pt" to="491.65pt,93.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE5TFt5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ZTJe1acfYhq+1L&#10;L1EvH0AwJEjAoIGNk7/vgBOnaitVXS0PYGbmzMw5jFf3J2fZUWE04DvezGrOlJfQG7/v+I/vj2/e&#10;cxaT8L2w4FXHzyry+/XrV6shtGoOB7C9QkZJfGyH0PFDSqGtqigPyok4g6A8OTWgE4muuK96FANl&#10;d7aa1/WyGgD7gCBVjGR9GJ18XfJrrWT6onVUidmOU2+p7Fj2Xd6r9Uq0exThYOSlDfGMLpwwnopO&#10;qR5EEuwJzR+pnJEIEXSaSXAVaG2kKhyITVP/xubbQQRVuJA4MUwyxZdLKz8ft8hM3/G37zjzwtEb&#10;beilZAJkmA/WLLNKQ4gtBW/8Fi+3GLaYKZ80unwSGXYqyp4nZdUpMUnGZbNYLO/oAeTVV92AAWP6&#10;oMCx/NFxa3wmLVpx/BgTFaPQa0g2W8+Gjs9pLUpYBGv6R2NtdpbBURuL7CjoyXf7eYmxT+4T9KPt&#10;rqaVKVHeKXy83TKRz3oyZtoj0fKVzlaNPXxVmmQjas3YRB7YW10hpfKpuVSxnqIzTFOXE7D+N/AS&#10;n6GqDPP/gCdEqQw+TWBnPODfqqfTtWU9xl8VGHlnCXbQn8sIFGloKotylz8oj/2v9wK//efrnwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAMmL+4HdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYCpWg65pODLQTMIkNiWvWeG2hcaomTcu/x0hIcLKf/fT8uVjPthMRB986UnC9SEAg&#10;Vc60VCt4O2yvMhA+aDK6c4QKvtDDujw/K3Ru3ESvGPehFhxCPtcKmhD6XEpfNWi1X7geiXcnN1gd&#10;WA61NIOeONx28iZJbqXVLfGFRvf40GD1uR+tAvP8hPVu8xjDy+Z9ioePcRu7nVKXF/P9CkTAOfyZ&#10;4Qef0aFkpqMbyXjRsU6X7OSa3XHDhmWWpiCOvxNZFvL/C+U3AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMTlMW3mAQAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMmL+4HdAAAACgEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="78BA7620" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="5.25pt,96.9pt" to="495.6pt,96.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsw0Tr5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC811qaOI1gOQcH6aWL&#10;0eUDaGpoEeAGkrHkv++QkuWiLVCkKA+kODNvZt7jaPMwakVO4IO0pqXVqqQEDLedNMeWfv/29OYd&#10;JSEy0zFlDbT0DIE+bF+/2gyugdr2VnXgCSYxoRlcS/sYXVMUgfegWVhZBwadwnrNIl79seg8GzC7&#10;VkVdlutisL5z3nIIAa2Pk5Nuc34hgMfPQgSIRLUUe4t593k/pL3Yblhz9Mz1ks9tsH/oQjNpsOiS&#10;6pFFRp69/C2VltzbYEVccasLK4TkkDkgm6r8hc3XnjnIXFCc4BaZwv9Lyz+d9p7IrqVv7ygxTOMb&#10;7fCleLSe+HSQap1UGlxoMHhn9n6+Bbf3ifIovE4nkiFjVva8KAtjJByN67q+u7m5pYRffMUV6HyI&#10;78Fqkj5aqqRJpFnDTh9CxGIYeglJZmXI0NIa120OC1bJ7kkqlZx5cGCnPDkxfPLDsc4x6ll/tN1k&#10;uy9xJUqYdwmfbtdM6FMGjYn2RDR/xbOCqYcvIFA2pFZNTaSBvdZlnIOJ1VxFGYxOMIFdLsDy78A5&#10;PkEhD/NLwAsiV7YmLmAtjfV/qh7HS8tiir8oMPFOEhxsd84jkKXBqczKzX9QGvuf7xl+/c+3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE6LTz7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQ&#10;he+C/yGM4M1Nd0WxteniKntSF9wVvGabsa0mk9Kkaf33jiDoaXgzjzffK9ezsyLhEDpPCpaLDARS&#10;7U1HjYLXw/biBkSImoy2nlDBFwZYV6cnpS6Mn+gF0z42gkMoFFpBG2NfSBnqFp0OC98j8e3dD05H&#10;lkMjzaAnDndWrrLsWjrdEX9odY/3Ldaf+9EpME+P2Ow2Dyk+b96mdPgYt8nulDo/m+9uQUSc458Z&#10;fvAZHSpmOvqRTBCWdXbFTp75JVdgQ54vVyCOvxtZlfJ/heobAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALMNE6+YBAAAvBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEATotPPtwAAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0686725C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78141FD8"/>
     <w:lvl w:ilvl="0" w:tplc="49B0506A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3861,198 +3172,216 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
+    <w:rsid w:val="00080E6D"/>
+    <w:rsid w:val="000955FD"/>
+    <w:rsid w:val="000C0013"/>
+    <w:rsid w:val="000C1254"/>
     <w:rsid w:val="000D70AA"/>
-    <w:rsid w:val="00101EB1"/>
+    <w:rsid w:val="000E7767"/>
     <w:rsid w:val="00113A30"/>
-    <w:rsid w:val="0015408C"/>
+    <w:rsid w:val="00150E66"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
-    <w:rsid w:val="00193099"/>
-    <w:rsid w:val="001C708A"/>
+    <w:rsid w:val="00192558"/>
+    <w:rsid w:val="001A7AD6"/>
     <w:rsid w:val="001D61EC"/>
-    <w:rsid w:val="001F6AC3"/>
     <w:rsid w:val="00216178"/>
-    <w:rsid w:val="00241C90"/>
-    <w:rsid w:val="0027485E"/>
+    <w:rsid w:val="002573F4"/>
     <w:rsid w:val="002950C1"/>
-    <w:rsid w:val="002A56EB"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
+    <w:rsid w:val="002E50C3"/>
     <w:rsid w:val="00312625"/>
-    <w:rsid w:val="00333DA4"/>
-    <w:rsid w:val="003614BC"/>
+    <w:rsid w:val="00321DA3"/>
+    <w:rsid w:val="00386603"/>
+    <w:rsid w:val="0038781A"/>
+    <w:rsid w:val="003A6228"/>
     <w:rsid w:val="003C576A"/>
-    <w:rsid w:val="003D1EFB"/>
-    <w:rsid w:val="00411945"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
-    <w:rsid w:val="0046122E"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
-    <w:rsid w:val="004A30C2"/>
     <w:rsid w:val="004A55BF"/>
-    <w:rsid w:val="004C3E50"/>
     <w:rsid w:val="004E6399"/>
-    <w:rsid w:val="004F00BE"/>
-    <w:rsid w:val="00597EC1"/>
+    <w:rsid w:val="0052035C"/>
+    <w:rsid w:val="00574554"/>
+    <w:rsid w:val="005A6C84"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
+    <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="006C2BB6"/>
+    <w:rsid w:val="006C6D72"/>
     <w:rsid w:val="006D49EB"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
+    <w:rsid w:val="007A7A7F"/>
+    <w:rsid w:val="007D40B4"/>
+    <w:rsid w:val="007E41C3"/>
+    <w:rsid w:val="0080224E"/>
     <w:rsid w:val="00807D29"/>
-    <w:rsid w:val="0081667B"/>
+    <w:rsid w:val="00821B8A"/>
+    <w:rsid w:val="00822244"/>
     <w:rsid w:val="00841699"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
+    <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
+    <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
-    <w:rsid w:val="008E2CB0"/>
-    <w:rsid w:val="008E5AC0"/>
     <w:rsid w:val="00932A26"/>
-    <w:rsid w:val="00987635"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E1D41"/>
+    <w:rsid w:val="00934DBB"/>
+    <w:rsid w:val="00946AC4"/>
+    <w:rsid w:val="00946F29"/>
+    <w:rsid w:val="00992C58"/>
+    <w:rsid w:val="00994782"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
-    <w:rsid w:val="00A2472B"/>
+    <w:rsid w:val="00A31934"/>
     <w:rsid w:val="00A60D9C"/>
-    <w:rsid w:val="00AB4BC5"/>
+    <w:rsid w:val="00AA7836"/>
     <w:rsid w:val="00AC5271"/>
-    <w:rsid w:val="00AD0937"/>
+    <w:rsid w:val="00AF1E61"/>
     <w:rsid w:val="00AF4C8B"/>
+    <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
     <w:rsid w:val="00B8504A"/>
-    <w:rsid w:val="00BC1EBB"/>
-    <w:rsid w:val="00C22F62"/>
+    <w:rsid w:val="00B864A3"/>
+    <w:rsid w:val="00B86564"/>
+    <w:rsid w:val="00B94943"/>
+    <w:rsid w:val="00BA5502"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
+    <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
-    <w:rsid w:val="00CE4D9F"/>
+    <w:rsid w:val="00CC2938"/>
+    <w:rsid w:val="00CF5BE3"/>
     <w:rsid w:val="00D21222"/>
-    <w:rsid w:val="00DC3E9E"/>
+    <w:rsid w:val="00D27EE2"/>
+    <w:rsid w:val="00DB45F4"/>
+    <w:rsid w:val="00DF39B2"/>
+    <w:rsid w:val="00E04A16"/>
+    <w:rsid w:val="00E14CDB"/>
+    <w:rsid w:val="00E15973"/>
     <w:rsid w:val="00E53393"/>
-    <w:rsid w:val="00E94DC1"/>
     <w:rsid w:val="00EB069B"/>
+    <w:rsid w:val="00EB4DB4"/>
     <w:rsid w:val="00EE285E"/>
-    <w:rsid w:val="00EE302D"/>
+    <w:rsid w:val="00EE7221"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
-    <w:rsid w:val="00F27164"/>
     <w:rsid w:val="00F3421D"/>
-    <w:rsid w:val="00FA31E7"/>
+    <w:rsid w:val="00F8068F"/>
+    <w:rsid w:val="00FB50FC"/>
+    <w:rsid w:val="00FC4205"/>
+    <w:rsid w:val="00FD63AD"/>
     <w:rsid w:val="00FE0665"/>
-    <w:rsid w:val="00FE4750"/>
-    <w:rsid w:val="00FE4E3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1F3D317E"/>
+  <w14:docId w14:val="1CD7B2FA"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4408,50 +3737,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E04A16"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -4581,51 +3911,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -4866,81 +4196,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1B925DAF-FF4B-4E72-92B1-C9954A7B8979}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC9D13AC-5C78-4909-92CC-4C3491DAC6ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>701</Words>
-  <Characters>3861</Characters>
+  <Words>822</Words>
+  <Characters>4524</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4553</CharactersWithSpaces>
+  <CharactersWithSpaces>5336</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>