--- v1 (2026-01-28)
+++ v2 (2026-03-10)
@@ -1,601 +1,653 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:r w:rsidRPr="008B672E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título de</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B672E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0937">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a reseña</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">del libro </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B672E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n español (Entre 10 y 15 palabras)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00CE4750" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título de</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0937" w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0937" w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD0937" w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseña</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C00399" w:rsidRPr="00C00399" w:rsidRDefault="00C00399" w:rsidP="00C00399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Autor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del libro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C00399" w:rsidRPr="00C00399" w:rsidRDefault="00C00399" w:rsidP="00C00399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Editorial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C00399" w:rsidRPr="00C00399" w:rsidRDefault="00C00399" w:rsidP="00C00399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Año</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C00399" w:rsidRPr="00C00399" w:rsidRDefault="00C00399" w:rsidP="00C00399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ISBN</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C00399" w:rsidRPr="00C00399" w:rsidRDefault="00C00399" w:rsidP="00C00399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C00399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Disponibilidad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00943AB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>URL en caso de estar en la web</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00990987" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Apellidos, Nombres del </w:t>
+      </w:r>
+      <w:r w:rsidR="00193099">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseñad</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="00F01395">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o comentarista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Correo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: xxxxx@xxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D61EC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E5AC0" w:rsidRDefault="008E5AC0" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afiliación institucional</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4750">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ciudad, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Idem autor 2 y 3 (si los hay)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="001D61EC" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...71 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...375 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">En un solo párrafo, interlineado sencillo, sin sangría, máximo 150 palabras. </w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Se expone breve introducción</w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> al trabajo</w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>, m</w:t>
-[...6 lines deleted...]
-        <w:t>e</w:t>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aspectos relevantes de la temática abordada </w:t>
       </w:r>
       <w:r w:rsidR="004260DC">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>todo</w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">, resultados y </w:t>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>conclusión.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -751,2362 +803,1598 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
-[...23 lines deleted...]
-    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00A0477E">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00990987">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081667B" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Esta parte de la reseña se redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>con interlineado de 1,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alineación justificada. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Se inicia con la identificación de manera correcta de la obra o ficha técnica (título, autor, lugar, editorial, año, número de páginas, ISSN), de libre presentación, junto con la portada de la obra (digital), seguida de la presentación de la misma (tema, justificación, objetivos, audiencia, valoración del autor, valoración general).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00943AB0" w:rsidRDefault="00943AB0" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00943AB0" w:rsidRDefault="00943AB0" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="00AB4BC5" w:rsidP="00AB4BC5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Desarrollo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+    <w:p w:rsidR="00AF4C8B" w:rsidRPr="004564A2" w:rsidRDefault="00AF4C8B" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DF39B2" w:rsidRPr="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES"/>
-[...10 lines deleted...]
-    <w:p w:rsidR="00DF39B2" w:rsidRPr="00DF39B2" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se desglosa en secciones según los aspectos indicados en la introducción, cada una de estas se redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>con interlineado de 1,5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alineación justificada. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Las subsecciones alineadas a la izquierda, en cursiva, fuente en tamaño 12. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES"/>
-[...5 lines deleted...]
-          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En esta parte de la reseña se realiza un análisis sintético de las características de la obra, desde una mirada crítica, sus diferentes partes y se coloca en contextos similares publicados en el área, destacando su aportación a la misma, bien dando a conocer aportes y avances de un campo disciplinario o contrastar enfoques teóricos. El reseñador valora positiva o negativamente, sustenta y evalúa la obra. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRDefault="00DF39B2" w:rsidP="000955FD">
-[...34 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El autor da a conocer las consideraciones teóricas en las que se sustenta la reseña; es decir, la revisión de la literatura de fuentes certificadas y actualizadas (últimos 5 años), se deben consultar en bases de datos de calidad e históricas que aporten información relevante a la valoración. En caso de utilizar </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>tablas, el tamaño será en fuente Times New Rom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tamaño 1</w:t>
+      </w:r>
+      <w:r w:rsidR="000656B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, con interlineado sencillo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conclusiones o consideraciones fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ales</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
-[...7 lines deleted...]
-    <w:p w:rsidR="00CB2207" w:rsidRDefault="00DF39B2" w:rsidP="00CB2207">
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DF39B2">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Reflexiones finales sobre la utilidad práctica de la obra y la reseña, se presenta de forma argumentada y crítica. En esta parte de la reseña se recapitulan los aspectos concretos de la temática abordada dentro del contexto, se reafirman las teorías presentadas, se refleja el enfoque y postura final del autor.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008A29DA">
-[...1 lines deleted...]
-        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D70AA" w:rsidRPr="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
-[...7 lines deleted...]
-    <w:p w:rsidR="000D70AA" w:rsidRDefault="00CB2207" w:rsidP="00B06C32">
+    <w:p w:rsidR="00AD0937" w:rsidRPr="000D70AA" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AD0937" w:rsidRDefault="00AD0937" w:rsidP="00AD0937">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve">Comprende el listado de las fuentes consultadas y </w:t>
       </w:r>
       <w:r w:rsidRPr="00CB2207">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>expresamente citadas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a lo largo del trabajo</w:t>
-[...15 lines deleted...]
-      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
+        <w:t xml:space="preserve"> a lo largo del trabajo (mínimo 3 para reseñas). Para su estructura, c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onsult</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
+      <w:r w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> las normas para las referencias en el portal de la revista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t>, ajustadas a</w:t>
-[...50 lines deleted...]
-      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
+        <w:t>, ajustadas al manual de publicaciones de la Asociación Americana de Psicología (APA) en su 7ma edición</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00B06C32">
-[...25 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL o similar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0081667B" w:rsidRDefault="004A30C2">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>Importante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
+        <w:t xml:space="preserve"> pa</w:t>
+      </w:r>
+      <w:r w:rsidR="000656B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ra darle niveles de calidad a la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="000656B7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>investigaciones</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, a los autores y a la revista donde van a publicar, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>es necesario</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
       </w:r>
-    </w:p>
-[...209 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="003A6228">
+      <w:r w:rsidR="0081667B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="00193099">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Declaración de c</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidR="008979B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> y originalidad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008979B2" w:rsidRPr="008979B2" w:rsidRDefault="007E41C3" w:rsidP="00D27EE2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
+        <w:t>Conforme a lo estipulado en el C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ódigo de ética y buenas prácticas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:t xml:space="preserve"> publicado en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27EE2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Revista Ethos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yo o nosotros (nombre y apellido del autor o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>con (identific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>ción)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>, declar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>o(declar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>amos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Comité Editorial que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E33F5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>tengo(ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>emos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> situaciones que representen conflicto de interés real, potencial o evidente, de carácter académico, financiero, intelectual o con derechos de propiedad intelectual relacionados con el contenido del </w:t>
+      </w:r>
+      <w:r w:rsidR="00193099">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo: (</w:t>
+      </w:r>
+      <w:r w:rsidR="00193099" w:rsidRPr="00CF5BE3">
+        <w:rPr>
+          <w:b/>
           <w:i/>
-        </w:rPr>
-[...90 lines deleted...]
-      <w:r w:rsidR="000955FD">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>título en español</w:t>
+      </w:r>
+      <w:r w:rsidR="00193099">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00193099" w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en relación con su publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>De igual manera, declaro(declaramos) que,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRPr="008979B2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E33F5">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Este trabajo es original, no ha sido publicado parcial ni totalmente en otro medio de difusión, no se utilizaron ideas, formulaciones, citas o ilustraciones diversas, extraídas de distintas fuentes, sin mencionar de forma clara y estricta su origen y sin ser referenciadas debidamente en la bibliografía correspondiente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>. Consiento(consentimos) que el Comité Editorial aplique cualquier sistema de detección de plagio para verificar su originalidad.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4750">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004E71CA">
-[...63 lines deleted...]
-      <w:r w:rsidRPr="004E71CA">
+      <w:r w:rsidR="00CE4750">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>así también declara(declaramos)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CE4750" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> que</w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00CE4750">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00CE4750" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la preparación de este manuscrito</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CE4750">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00CE4750" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> no utiliz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00CE4750">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aron</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00CE4750" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Así lo declar</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+        <w:t>Así lo declaro(declaramos) en (</w:t>
+      </w:r>
+      <w:r w:rsidR="00997EE2">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ciudad, País,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>echa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Firmas autógrafas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve"> del autor o autores</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004564A2" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+        <w:t xml:space="preserve"> del </w:t>
+      </w:r>
+      <w:r w:rsidR="00F01395">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>reseñador</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
+    <w:p w:rsidR="008C2286" w:rsidRPr="00155A73" w:rsidRDefault="00101EB1" w:rsidP="00155A73">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+    <w:p w:rsidR="004632E6" w:rsidRDefault="00155A73" w:rsidP="00F029F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Número de teléfono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155A73" w:rsidRDefault="00155A73" w:rsidP="00F029F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155A73" w:rsidRDefault="00155A73" w:rsidP="00F029F3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00155A73" w:rsidRPr="00386603" w:rsidRDefault="00155A73" w:rsidP="00155A73">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Datos del autor o los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155A73" w:rsidRDefault="00155A73" w:rsidP="00155A73">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Títulos profesionales universitarios obtenidos al momento del envío del trabajo (actualizados en su Orcid).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00155A73" w:rsidRDefault="00155A73" w:rsidP="00155A73">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Afiliación institucional: nombre de la institución donde se realizó el trabajo, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6418" w:rsidRPr="00F01395" w:rsidRDefault="00155A73" w:rsidP="00F01395">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Institución/organización a la cual pertenece</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>/labora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o perteneció</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>en caso de ser jubilado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, ciudad y país.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="009E6418" w:rsidRPr="00F01395" w:rsidSect="00CE4750">
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="first" r:id="rId9"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
-      <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
+    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
+    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...766 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
+    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00946F29" w:rsidRDefault="00946F29" w:rsidP="00680C38">
+    <w:p w:rsidR="00FE4E3F" w:rsidRDefault="00FE4E3F" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
+  <w:p w:rsidR="00043803" w:rsidRDefault="004632E6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+      <w:t xml:space="preserve">   </w:t>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="004632E6" w:rsidRPr="00411945" w:rsidRDefault="00333DA4" w:rsidP="00411945">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C2286">
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="es-VE"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008C2286" w:rsidRDefault="00943AB0" w:rsidP="00AB4BC5">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ADCC3C1" wp14:editId="324EBD06">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>1600200</wp:posOffset>
+            <wp:posOffset>1891436</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-208915</wp:posOffset>
+            <wp:posOffset>-329971</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="2916000" cy="753989"/>
-          <wp:effectExtent l="0" t="0" r="0" b="8255"/>
+          <wp:extent cx="2545080" cy="657860"/>
+          <wp:effectExtent l="0" t="0" r="7620" b="8890"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="2916000" cy="753989"/>
+                    <a:ext cx="2545080" cy="657860"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="0080224E" w:rsidRPr="0080224E">
-[...20 lines deleted...]
-    <w:r w:rsidRPr="008C2286">
+    <w:r w:rsidR="00CE4750" w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10AB361B" wp14:editId="134760CF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C2AEC26" wp14:editId="25B23AD5">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="margin">
-                <wp:posOffset>14605</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>51689</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>390829</wp:posOffset>
+                <wp:posOffset>490271</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6264000" cy="0"/>
-              <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
+              <wp:extent cx="6155690" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="35560" b="19050"/>
               <wp:wrapNone/>
-              <wp:docPr id="4" name="Conector recto 16"/>
+              <wp:docPr id="37" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6264000" cy="0"/>
+                        <a:ext cx="6155690" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0943D5CE" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
-[...148 lines deleted...]
-            <v:line w14:anchorId="78BA7620" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="5.25pt,96.9pt" to="495.6pt,96.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsw0Tr5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC811qaOI1gOQcH6aWL&#10;0eUDaGpoEeAGkrHkv++QkuWiLVCkKA+kODNvZt7jaPMwakVO4IO0pqXVqqQEDLedNMeWfv/29OYd&#10;JSEy0zFlDbT0DIE+bF+/2gyugdr2VnXgCSYxoRlcS/sYXVMUgfegWVhZBwadwnrNIl79seg8GzC7&#10;VkVdlutisL5z3nIIAa2Pk5Nuc34hgMfPQgSIRLUUe4t593k/pL3Yblhz9Mz1ks9tsH/oQjNpsOiS&#10;6pFFRp69/C2VltzbYEVccasLK4TkkDkgm6r8hc3XnjnIXFCc4BaZwv9Lyz+d9p7IrqVv7ygxTOMb&#10;7fCleLSe+HSQap1UGlxoMHhn9n6+Bbf3ifIovE4nkiFjVva8KAtjJByN67q+u7m5pYRffMUV6HyI&#10;78Fqkj5aqqRJpFnDTh9CxGIYeglJZmXI0NIa120OC1bJ7kkqlZx5cGCnPDkxfPLDsc4x6ll/tN1k&#10;uy9xJUqYdwmfbtdM6FMGjYn2RDR/xbOCqYcvIFA2pFZNTaSBvdZlnIOJ1VxFGYxOMIFdLsDy78A5&#10;PkEhD/NLwAsiV7YmLmAtjfV/qh7HS8tiir8oMPFOEhxsd84jkKXBqczKzX9QGvuf7xl+/c+3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE6LTz7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQ&#10;he+C/yGM4M1Nd0WxteniKntSF9wVvGabsa0mk9Kkaf33jiDoaXgzjzffK9ezsyLhEDpPCpaLDARS&#10;7U1HjYLXw/biBkSImoy2nlDBFwZYV6cnpS6Mn+gF0z42gkMoFFpBG2NfSBnqFp0OC98j8e3dD05H&#10;lkMjzaAnDndWrrLsWjrdEX9odY/3Ldaf+9EpME+P2Ow2Dyk+b96mdPgYt8nulDo/m+9uQUSc458Z&#10;fvAZHSpmOvqRTBCWdXbFTp75JVdgQ54vVyCOvxtZlfJ/heobAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALMNE6+YBAAAvBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEATotPPtwAAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="0C534AC1" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="4.05pt,38.6pt" to="488.75pt,38.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE5TFt5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ZTJe1acfYhq+1L&#10;L1EvH0AwJEjAoIGNk7/vgBOnaitVXS0PYGbmzMw5jFf3J2fZUWE04DvezGrOlJfQG7/v+I/vj2/e&#10;cxaT8L2w4FXHzyry+/XrV6shtGoOB7C9QkZJfGyH0PFDSqGtqigPyok4g6A8OTWgE4muuK96FANl&#10;d7aa1/WyGgD7gCBVjGR9GJ18XfJrrWT6onVUidmOU2+p7Fj2Xd6r9Uq0exThYOSlDfGMLpwwnopO&#10;qR5EEuwJzR+pnJEIEXSaSXAVaG2kKhyITVP/xubbQQRVuJA4MUwyxZdLKz8ft8hM3/G37zjzwtEb&#10;beilZAJkmA/WLLNKQ4gtBW/8Fi+3GLaYKZ80unwSGXYqyp4nZdUpMUnGZbNYLO/oAeTVV92AAWP6&#10;oMCx/NFxa3wmLVpx/BgTFaPQa0g2W8+Gjs9pLUpYBGv6R2NtdpbBURuL7CjoyXf7eYmxT+4T9KPt&#10;rqaVKVHeKXy83TKRz3oyZtoj0fKVzlaNPXxVmmQjas3YRB7YW10hpfKpuVSxnqIzTFOXE7D+N/AS&#10;n6GqDPP/gCdEqQw+TWBnPODfqqfTtWU9xl8VGHlnCXbQn8sIFGloKotylz8oj/2v9wK//efrnwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhALjytPfbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjl9PwjAU&#10;xd9N+A7NJfFNOkh0ONYR0PCkkggmvJb1uk3a22XtuvntreFBH8+fnPPL16PRLGDnGksC5rMEGFJp&#10;VUOVgI/j7m4JzHlJSmpLKOAbHayLyU0uM2UHesdw8BWLI+QyKaD2vs04d2WNRrqZbZFi9mk7I32U&#10;XcVVJ4c4bjRfJMkDN7Kh+FDLFp9qLC+H3ghQry9Y7bfPwb9tT0M4fvW7oPdC3E7HzQqYx9H/leEX&#10;P6JDEZnOtiflmBawnMeigDRdAIvxY5reAztfDV7k/D9/8QMAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQDE5TFt5gEAAC8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQC48rT32wAAAAcBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAASAUAAAAA&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0686725C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78141FD8"/>
     <w:lvl w:ilvl="0" w:tplc="49B0506A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3164,224 +2452,327 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="200A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74896F08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71101628"/>
+    <w:lvl w:ilvl="0" w:tplc="A1E0A3D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
-    <w:rsid w:val="00080E6D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="000C1254"/>
+    <w:rsid w:val="000656B7"/>
     <w:rsid w:val="000D70AA"/>
-    <w:rsid w:val="000E7767"/>
+    <w:rsid w:val="00101EB1"/>
     <w:rsid w:val="00113A30"/>
-    <w:rsid w:val="00150E66"/>
+    <w:rsid w:val="0015408C"/>
+    <w:rsid w:val="00155A73"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
-    <w:rsid w:val="00192558"/>
-    <w:rsid w:val="001A7AD6"/>
+    <w:rsid w:val="00193099"/>
+    <w:rsid w:val="001C708A"/>
     <w:rsid w:val="001D61EC"/>
+    <w:rsid w:val="001F6AC3"/>
     <w:rsid w:val="00216178"/>
-    <w:rsid w:val="002573F4"/>
+    <w:rsid w:val="00241C90"/>
+    <w:rsid w:val="0027485E"/>
     <w:rsid w:val="002950C1"/>
+    <w:rsid w:val="002A56EB"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
-    <w:rsid w:val="002E50C3"/>
     <w:rsid w:val="00312625"/>
-    <w:rsid w:val="00321DA3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003A6228"/>
+    <w:rsid w:val="00333DA4"/>
+    <w:rsid w:val="003614BC"/>
     <w:rsid w:val="003C576A"/>
+    <w:rsid w:val="003D1EFB"/>
+    <w:rsid w:val="00411945"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
+    <w:rsid w:val="0046122E"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
+    <w:rsid w:val="004A30C2"/>
     <w:rsid w:val="004A55BF"/>
+    <w:rsid w:val="004C3E50"/>
     <w:rsid w:val="004E6399"/>
-    <w:rsid w:val="0052035C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005A6C84"/>
+    <w:rsid w:val="004F00BE"/>
+    <w:rsid w:val="00597EC1"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
-    <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="006C2BB6"/>
-    <w:rsid w:val="006C6D72"/>
     <w:rsid w:val="006D49EB"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
-    <w:rsid w:val="007A7A7F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0080224E"/>
     <w:rsid w:val="00807D29"/>
-    <w:rsid w:val="00821B8A"/>
-    <w:rsid w:val="00822244"/>
+    <w:rsid w:val="0081667B"/>
     <w:rsid w:val="00841699"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
-    <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
-    <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
+    <w:rsid w:val="008E2CB0"/>
+    <w:rsid w:val="008E5AC0"/>
     <w:rsid w:val="00932A26"/>
-    <w:rsid w:val="00934DBB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00994782"/>
+    <w:rsid w:val="00943AB0"/>
+    <w:rsid w:val="00987635"/>
+    <w:rsid w:val="00990987"/>
+    <w:rsid w:val="00997EE2"/>
+    <w:rsid w:val="009E1D41"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
-    <w:rsid w:val="00A31934"/>
+    <w:rsid w:val="00A2472B"/>
     <w:rsid w:val="00A60D9C"/>
-    <w:rsid w:val="00AA7836"/>
+    <w:rsid w:val="00AB4BC5"/>
     <w:rsid w:val="00AC5271"/>
-    <w:rsid w:val="00AF1E61"/>
+    <w:rsid w:val="00AD0937"/>
     <w:rsid w:val="00AF4C8B"/>
-    <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
     <w:rsid w:val="00B8504A"/>
-    <w:rsid w:val="00B864A3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA5502"/>
+    <w:rsid w:val="00BC1EBB"/>
+    <w:rsid w:val="00C00399"/>
+    <w:rsid w:val="00C22F62"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
-    <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
-    <w:rsid w:val="00CC2938"/>
-    <w:rsid w:val="00CF5BE3"/>
+    <w:rsid w:val="00CE4750"/>
+    <w:rsid w:val="00CE4D9F"/>
     <w:rsid w:val="00D21222"/>
-    <w:rsid w:val="00D27EE2"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E15973"/>
+    <w:rsid w:val="00DC3E9E"/>
     <w:rsid w:val="00E53393"/>
+    <w:rsid w:val="00E94DC1"/>
     <w:rsid w:val="00EB069B"/>
-    <w:rsid w:val="00EB4DB4"/>
     <w:rsid w:val="00EE285E"/>
-    <w:rsid w:val="00EE7221"/>
+    <w:rsid w:val="00EE302D"/>
+    <w:rsid w:val="00F01395"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
+    <w:rsid w:val="00F27164"/>
     <w:rsid w:val="00F3421D"/>
-    <w:rsid w:val="00F8068F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00FD63AD"/>
+    <w:rsid w:val="00FA31E7"/>
     <w:rsid w:val="00FE0665"/>
+    <w:rsid w:val="00FE4750"/>
+    <w:rsid w:val="00FE4E3F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1CD7B2FA"/>
+  <w14:docId w14:val="749A5E9C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3737,59 +3128,57 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E04A16"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
@@ -3911,59 +3300,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4196,81 +3577,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC9D13AC-5C78-4909-92CC-4C3491DAC6ED}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55281F1D-2184-4E5D-BF6A-A23EF6DE030F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>822</Words>
-  <Characters>4524</Characters>
+  <Words>803</Words>
+  <Characters>4422</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
+  <Lines>36</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5336</CharactersWithSpaces>
+  <CharactersWithSpaces>5215</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>