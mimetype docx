--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -21,2383 +21,2648 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="001433E1" w:rsidRDefault="001433E1" w:rsidP="0077559D">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Planilla de dictamen de artí</w:t>
-[...9 lines deleted...]
-        <w:t>culos</w:t>
+        <w:t>Planilla de dictamen de artículos</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="5000" w:type="pct"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3181"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="3400"/>
+        <w:gridCol w:w="94"/>
+        <w:gridCol w:w="46"/>
+        <w:gridCol w:w="285"/>
+        <w:gridCol w:w="139"/>
+        <w:gridCol w:w="424"/>
         <w:gridCol w:w="426"/>
-        <w:gridCol w:w="425"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3182"/>
+        <w:gridCol w:w="428"/>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="3355"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B2737" w:rsidTr="00583C67">
-[...3 lines deleted...]
-            <w:gridSpan w:val="9"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:vAlign w:val="center"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="001B2737" w:rsidRPr="00C02481" w:rsidRDefault="001B2737" w:rsidP="00A97F41">
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00C02481" w:rsidRDefault="00844FAB" w:rsidP="00A97F41">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C02481">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
               <w:t>1. DATOS GENERALES DEL TRABAJO CONSIGNADO</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00583C67">
-[...2 lines deleted...]
-            <w:tcW w:w="3181" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1753" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="008922DD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E62666">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve">Código: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:tcW w:w="1563" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="008922DD" w:rsidRDefault="001B2737" w:rsidP="00E62666">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E62666">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Fecha de recepción:</w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="3182" w:type="dxa"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1684" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00A97F41">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00A97F41">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Fecha de envío al árbitro:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0017284C" w:rsidRDefault="0017284C" w:rsidP="00E62666">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E62666">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00583C67">
-[...2 lines deleted...]
-            <w:tcW w:w="3181" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1753" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="00E41072" w:rsidP="002875C7">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="002875C7">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Área temática:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008922DD" w:rsidRDefault="008922DD" w:rsidP="002875C7">
-[...11 lines deleted...]
-            <w:tcW w:w="3182" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E41072">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1563" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00E41072">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E41072">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fecha </w:t>
-[...6 lines deleted...]
-            </w:r>
+              <w:t>Fecha de entrega de dictamen:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1684" w:type="pct"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00E41072">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="3182" w:type="dxa"/>
+              <w:t>Fecha probable de publicación:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="00E41072" w:rsidP="00E41072">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="008922DD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
-              <w:t>Fecha probable de publicación:</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Título: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="008922DD">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2737" w:rsidTr="00583C67">
-[...34 lines deleted...]
-            </w:pPr>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00C02481" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C02481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>2. EVALUACIÓN</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B2737" w:rsidTr="00401B7B">
-[...28 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Aspectos a evaluar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+            <w:tcW w:w="855" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Escala de evaluación</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4617" w:type="dxa"/>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Observaciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00267207">
-[...12 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00267207">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00401B7B">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="426" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00401B7B">
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00401B7B">
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
               <w:t>E</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4617" w:type="dxa"/>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00267207">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00267207">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRPr="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRPr="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Resumen </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00583C67">
-[...14 lines deleted...]
-          <w:p w:rsidR="001B2737" w:rsidRPr="00372DFD" w:rsidRDefault="001B2737" w:rsidP="00583C67">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
-[...14 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="001B2737" w:rsidRDefault="001B2737" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRPr="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Palabras clave</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRPr="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Abstract</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRPr="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00910006">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Keyw</w:t>
+            </w:r>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Key Word</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:t>ord</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00372DFD" w:rsidRDefault="00372DFD" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="007A3633">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="007A3633">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pertinencia y relevancia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cumplimiento de las normas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organización interna del trabajo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00372DFD">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Claridad y coherencia </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...42 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Generación de conocimiento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Contribución para futuras investigaciones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Información actualizada</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Originalidad</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Metodología y estrategias de abordaje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Interpretación y conclusiones</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC0052" w:rsidRPr="00372DFD" w:rsidTr="00372DFD">
-[...2 lines deleted...]
-            <w:tcW w:w="3652" w:type="dxa"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1776" w:type="pct"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Referencias bibliográficas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="213" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...45 lines deleted...]
-            <w:tcW w:w="4617" w:type="dxa"/>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="214" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="215" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2369" w:type="pct"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidTr="004A4508">
-[...3 lines deleted...]
-            <w:gridSpan w:val="9"/>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00583C67">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Apreciación general:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00372DFD">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00372DFD" w:rsidRDefault="00844FAB" w:rsidP="00A97F41">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leyenda: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97F41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D= Deficiente; R= Regular; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">B= Bueno; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A97F41">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>E= Excelente</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844FAB" w:rsidTr="00844FAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="10"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844FAB" w:rsidRPr="00C02481" w:rsidRDefault="00844FAB" w:rsidP="00401B7B">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C02481">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>3. DECISIÓN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00885BAB" w:rsidTr="00885BAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1919" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRPr="00401B7B" w:rsidRDefault="00885BAB" w:rsidP="00A97F41">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>El proyecto de publicación es:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00583C67">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00885BAB">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00401B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Observaciones generales</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Apreciación general:</w:t>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00885BAB">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Debe justificar su decisión. Al respecto, debe anexar un informe breve con las observaciones, sugerencias y correcciones más relevantes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidTr="006A7EB5">
-[...6 lines deleted...]
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+      <w:tr w:rsidR="00885BAB" w:rsidTr="00885BAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1706" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00A97F41">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Publicable sin modificaciones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidTr="00E5352E">
-[...6 lines deleted...]
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00372DFD">
+      <w:tr w:rsidR="00885BAB" w:rsidTr="00885BAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1706" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Publicable con modificaciones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidTr="00E5352E">
-[...6 lines deleted...]
-          <w:p w:rsidR="00A97F41" w:rsidRPr="00372DFD" w:rsidRDefault="00A97F41" w:rsidP="00A97F41">
+      <w:tr w:rsidR="00885BAB" w:rsidTr="00885BAB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1706" w:type="pct"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Leyenda: </w:t>
-[...160 lines deleted...]
-            <w:gridSpan w:val="5"/>
+              <w:t>No publicable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="213" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
+            <w:pPr>
+              <w:pStyle w:val="Sinespaciado"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3081" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00267207">
-[...121 lines deleted...]
-          <w:p w:rsidR="00A97F41" w:rsidRDefault="00A97F41" w:rsidP="00267207">
+          <w:p w:rsidR="00885BAB" w:rsidRDefault="00885BAB" w:rsidP="00267207">
             <w:pPr>
               <w:pStyle w:val="Sinespaciado"/>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00704F11" w:rsidRPr="00A97F41" w:rsidRDefault="00704F11" w:rsidP="008922DD">
       <w:pPr>
         <w:pStyle w:val="Sinespaciado"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00704F11" w:rsidRPr="00A97F41" w:rsidSect="0077559D">
+    <w:sectPr w:rsidR="00704F11" w:rsidRPr="00A97F41" w:rsidSect="00844FAB">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1CB9" w:rsidRDefault="00DB1CB9" w:rsidP="00CD68D3">
+    <w:p w:rsidR="00A7572B" w:rsidRDefault="00A7572B" w:rsidP="00CD68D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1CB9" w:rsidRDefault="00DB1CB9" w:rsidP="00CD68D3">
+    <w:p w:rsidR="00A7572B" w:rsidRDefault="00A7572B" w:rsidP="00CD68D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -2410,82 +2675,82 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CD68D3" w:rsidRDefault="00CD68D3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00CD68D3" w:rsidRDefault="00CD68D3">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00DB1CB9" w:rsidRDefault="00DB1CB9" w:rsidP="00CD68D3">
+    <w:p w:rsidR="00A7572B" w:rsidRDefault="00A7572B" w:rsidP="00CD68D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00DB1CB9" w:rsidRDefault="00DB1CB9" w:rsidP="00CD68D3">
+    <w:p w:rsidR="00A7572B" w:rsidRDefault="00A7572B" w:rsidP="00CD68D3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CD68D3" w:rsidRPr="00EC0052" w:rsidRDefault="00EC0052" w:rsidP="00EC0052">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="315A0F6A" wp14:editId="670E272D">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-77165</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-370840</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3600000" cy="930871"/>
           <wp:effectExtent l="0" t="0" r="635" b="3175"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -2522,146 +2787,154 @@
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00831D95"/>
     <w:rsid w:val="000E1EC7"/>
     <w:rsid w:val="000F54B4"/>
     <w:rsid w:val="001433E1"/>
     <w:rsid w:val="0017284C"/>
     <w:rsid w:val="001B2737"/>
     <w:rsid w:val="00204986"/>
     <w:rsid w:val="00262A41"/>
     <w:rsid w:val="00267207"/>
     <w:rsid w:val="002875C7"/>
     <w:rsid w:val="0029041B"/>
     <w:rsid w:val="002D42FA"/>
     <w:rsid w:val="002E3366"/>
     <w:rsid w:val="00344822"/>
     <w:rsid w:val="00365915"/>
     <w:rsid w:val="00372DFD"/>
     <w:rsid w:val="003F0C89"/>
     <w:rsid w:val="00401B7B"/>
     <w:rsid w:val="00403305"/>
     <w:rsid w:val="004B6370"/>
     <w:rsid w:val="00530CBF"/>
     <w:rsid w:val="00572AE9"/>
     <w:rsid w:val="00583C67"/>
     <w:rsid w:val="00647004"/>
     <w:rsid w:val="00681DE4"/>
     <w:rsid w:val="0069114D"/>
     <w:rsid w:val="00696F1A"/>
+    <w:rsid w:val="006C625F"/>
     <w:rsid w:val="006D6C3B"/>
     <w:rsid w:val="00702587"/>
     <w:rsid w:val="00704F11"/>
     <w:rsid w:val="007450FC"/>
     <w:rsid w:val="0077559D"/>
     <w:rsid w:val="007C1304"/>
     <w:rsid w:val="00831D95"/>
+    <w:rsid w:val="00844FAB"/>
+    <w:rsid w:val="00885BAB"/>
     <w:rsid w:val="008922DD"/>
     <w:rsid w:val="008B0E79"/>
     <w:rsid w:val="00902201"/>
+    <w:rsid w:val="00910006"/>
     <w:rsid w:val="009875D9"/>
     <w:rsid w:val="009B1762"/>
     <w:rsid w:val="009C59C3"/>
     <w:rsid w:val="009F129B"/>
     <w:rsid w:val="00A0521C"/>
     <w:rsid w:val="00A17B97"/>
     <w:rsid w:val="00A30D5E"/>
+    <w:rsid w:val="00A7572B"/>
     <w:rsid w:val="00A97F41"/>
     <w:rsid w:val="00B133B6"/>
     <w:rsid w:val="00BE0BFE"/>
     <w:rsid w:val="00C02481"/>
     <w:rsid w:val="00C054AE"/>
     <w:rsid w:val="00CD68D3"/>
     <w:rsid w:val="00CF1D88"/>
     <w:rsid w:val="00CF2505"/>
     <w:rsid w:val="00CF709A"/>
     <w:rsid w:val="00D27AD4"/>
     <w:rsid w:val="00D4349C"/>
     <w:rsid w:val="00DB1CB9"/>
     <w:rsid w:val="00E02752"/>
     <w:rsid w:val="00E347C6"/>
     <w:rsid w:val="00E41072"/>
     <w:rsid w:val="00E43307"/>
     <w:rsid w:val="00E54739"/>
     <w:rsid w:val="00E5719B"/>
     <w:rsid w:val="00E62666"/>
     <w:rsid w:val="00EC0052"/>
+    <w:rsid w:val="00EF3BD5"/>
     <w:rsid w:val="00F501FE"/>
     <w:rsid w:val="00F70307"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="0936C0E0"/>
   <w15:docId w15:val="{AEE1B545-14A3-4F94-9ED8-989AA3D6EAF1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3455,78 +3728,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0529A88-5421-4F17-9566-CCD59C0C450C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CC7109B-F491-45A0-9603-EDA3EFBF9E88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>170</Words>
-  <Characters>939</Characters>
+  <Words>174</Words>
+  <Characters>963</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1107</CharactersWithSpaces>
+  <CharactersWithSpaces>1135</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>ALI SUAREZ</dc:creator>
+  <dc:creator>DorysLu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>