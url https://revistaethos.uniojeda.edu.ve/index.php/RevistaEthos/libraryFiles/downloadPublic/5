--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -8,1011 +8,608 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="00333DA4">
-[...379 lines deleted...]
-    <w:p w:rsidR="00A0477E" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
+    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:rPr>
-[...342 lines deleted...]
-      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Resumen</w:t>
-[...140 lines deleted...]
-      <w:r w:rsidRPr="004564A2">
+      </w:pPr>
+      <w:r w:rsidRPr="007D40B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Abstract</w:t>
-[...3 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
+        <w:t xml:space="preserve">Título del </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensayo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D40B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en español (Entre 10 y 15 palabras)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="008A29DA" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Títul</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o del </w:t>
+      </w:r>
+      <w:r w:rsidR="007A7A7F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensayo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="00176A9F" w:rsidRDefault="00176A9F" w:rsidP="008C2286">
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRDefault="00D8424D" w:rsidP="008C2286">
+          <w:szCs w:val="22"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apellidos, Nombres del autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES"/>
-[...3 lines deleted...]
-      <w:r>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00192558" w:rsidRPr="009D114F">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:szCs w:val="22"/>
+            <w:lang w:val="es-ES"/>
+          </w:rPr>
+          <w:t>https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00192558" w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (campo obligatorio)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006135DA" w:rsidRPr="009D114F" w:rsidRDefault="006135DA" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afiliación institucional-</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRPr="009D114F" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRPr="009D114F" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ídem autores 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>y 3 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>si los hay</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="009D114F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD63AD" w:rsidRPr="009D114F" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="001D61EC" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Key</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008C2286" w:rsidRPr="00176A9F">
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:lang w:val="es-ES"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="008C2286">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En un solo párrafo, interlineado sencillo, sin sangría, máximo 150 palabras. </w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Se expone breve introducción</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>todo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>logía</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, resultados y </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>conclusión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0477E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00F13FFE" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(E</w:t>
+      </w:r>
+      <w:r w:rsidR="00B670AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>scriba el resumen en inglés)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176A9F" w:rsidRDefault="00176A9F" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
@@ -1034,569 +631,322 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00990987">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...33 lines deleted...]
-      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A0477E" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Se redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7AD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>con interlineado de 1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="008C2286">
-[...6 lines deleted...]
-      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+      <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
       </w:r>
-      <w:r w:rsidR="008C2286">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alineación justificada. </w:t>
       </w:r>
-      <w:r w:rsidR="008C2286">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...33 lines deleted...]
-      <w:r w:rsidR="008C2286">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+      <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>En esta se refleja la importancia y propósito de</w:t>
-[...5 lines deleted...]
-        <w:t>l escritor</w:t>
+        <w:t xml:space="preserve">En esta sección se refleja la importancia y propósito de la investigación, alcance, </w:t>
+      </w:r>
+      <w:r w:rsidR="001A7AD6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">relevancia a nivel general y la breve </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00A0477E" w:rsidRDefault="003D1EFB" w:rsidP="00A0477E">
+        <w:t xml:space="preserve">descripción de </w:t>
+      </w:r>
+      <w:r w:rsidR="00B670AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>los apartados del trabajo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...14 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="00AB4BC5" w:rsidP="00AB4BC5">
+    </w:p>
+    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Desarrollo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF4C8B" w:rsidRPr="004564A2" w:rsidRDefault="00AF4C8B" w:rsidP="008C2286">
+    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E2CB0" w:rsidRDefault="008C2286" w:rsidP="008E2CB0">
+    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00150E66">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se </w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+        <w:t xml:space="preserve">Se desglosa en secciones según los aspectos indicados en la introducción, cada una de estas se redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>con interlineado de 1,5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">con </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alineación justificada. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-        <w:t>Roma</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Las subsecciones alineadas a la izquierda, en cursiva, fuente en tamaño 12. En esta parte del ensayo se expresan las argumentaciones del </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">autor, según sea la estrategia utilizada (análisis, comparación, contraste, definiciones, clasificaciones, causas y efectos). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">El autor da a conocer las consideraciones teóricas en las que se sustenta el ensayo; es decir, la revisión de la literatura de fuentes certificadas y actualizadas (últimos 5 años), se deben consultar en bases de datos de calidad e históricas que aporten información relevante a la argumentación. En caso de utilizar </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, tamaño 12</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="003D1EFB">
+        <w:t>tablas, el tamaño será en fuente Times New Rom</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r>
-[...149 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n tamaño 10, con interlineado sencillo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176A9F" w:rsidRPr="000D70AA" w:rsidRDefault="00176A9F" w:rsidP="00EB4DB4">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conclusiones o consideraciones fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1604,142 +954,92 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ales</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CB2207" w:rsidRDefault="00CB2207" w:rsidP="00CB2207">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reflexiones </w:t>
-[...11 lines deleted...]
-        <w:t xml:space="preserve">sobre la utilidad práctica del estudio, se presenta </w:t>
+        <w:t xml:space="preserve">Reflexiones sobre la utilidad práctica del estudio, se presenta </w:t>
       </w:r>
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>de forma argumentada</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> y </w:t>
+        <w:t xml:space="preserve">de forma argumentada, crítica y honesta si </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>se</w:t>
       </w:r>
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>crítica</w:t>
-[...60 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>lograron los objetivos, se proponen aspectos concretos a futuros estudios encaminados a resolver nuevas situaciones</w:t>
+      </w:r>
+      <w:r w:rsidR="00A60D9C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>e generan lineamientos, si es el caso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008A29DA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRPr="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="00CB2207" w:rsidP="00B06C32">
       <w:pPr>
@@ -1838,892 +1138,955 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>ma edición</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B06C32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
+      </w:r>
       <w:r w:rsidR="00B8504A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> o similar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D12B7" w:rsidRDefault="006D12B7" w:rsidP="00B06C32">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="00B06C32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D12B7" w:rsidRDefault="006D12B7" w:rsidP="006D12B7">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>Importante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>es necesario</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve">, como </w:t>
-[...50 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="006D12B7">
+        <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://latindex.org/latindex/inicio</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://mjl.clarivate.com/home</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:lang w:eastAsia="es-VE"/>
+          </w:rPr>
+          <w:t>https://doaj.org/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A7A7F" w:rsidRDefault="007A7A7F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007A7A7F" w:rsidRDefault="007A7A7F">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRPr="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Datos del autor o los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ítulos profesionales </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">universitarios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>obtenidos al momento del envío del trabajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ombre de la institución donde se realizó el trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>nstitució</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>n a la cual pertenece o perteneció, en caso de ser jubilado, el autor, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Declaración de c</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidR="008979B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> y originalidad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
-[...108 lines deleted...]
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="008979B2" w:rsidRPr="008979B2" w:rsidRDefault="007E41C3" w:rsidP="00D27EE2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E33F5">
+      </w:pPr>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t>Conforme a lo estipulado en el C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ódigo de ética y buenas prácticas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t xml:space="preserve"> publicado en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
+        </w:rPr>
+        <w:t>Revista Ethos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:lang w:val="es-ES"/>
-[...33 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Apellidos y nombres de los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Comité Editorial que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ienen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> situaciones que representen conflicto de interés real, potencial o evidente, de carácter académico, financiero, intelectual o con derechos de propiedad intelectual relacionados con el contenido del </w:t>
       </w:r>
-      <w:r w:rsidR="006D12B7">
-[...6 lines deleted...]
-      <w:r w:rsidR="006D12B7" w:rsidRPr="00CF5BE3">
+      <w:r w:rsidR="003F3DFD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensayo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>título en español</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Título del proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="006D12B7" w:rsidRPr="004564A2">
-[...1 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, en relación con su publicación.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>De igual manera, declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo es original, no ha sido publicado parcial ni totalmente en otro medio de difusión, no se utiliza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ideas, formulaciones, citas o ilustraciones diversas, extraídas de distintas fuentes, sin mencionar de forma clara y estricta su origen y sin ser referenciadas debidamente en la bibliografía correspondiente. Cons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que el Comité Editorial aplique cualquier sistema de detección de plagio para verificar su originalidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, así también declaran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...53 lines deleted...]
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la preparación de este manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no utiliz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Así lo declaro(declaramos) en (Lugar y f</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004564A2">
+        <w:t>Así lo declar</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o(declar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>amos</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>) en</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="009E33F5">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Lugar y f</w:t>
+      </w:r>
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>echa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Firmas autógrafas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> del autor o autores</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="004564A2" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
+      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="008C2286" w:rsidP="00B44C58">
-[...68 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
-      <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1985" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE596E" w:rsidRDefault="00FE596E" w:rsidP="00680C38">
+    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE596E" w:rsidRDefault="00FE596E" w:rsidP="00680C38">
+    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> 10, con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00312625" w:rsidRPr="0015408C" w:rsidRDefault="0015408C" w:rsidP="0015408C">
+  <w:p w:rsidR="00312625" w:rsidRDefault="00312625">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w:rsidR="00312625" w:rsidRDefault="006D49EB" w:rsidP="00C720C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C720C9">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251695104" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6049FE60" wp14:editId="11B0808B">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3096B6A8" wp14:editId="20EA14B0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-93980</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6372000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="24" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6372000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
@@ -2738,237 +2101,243 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="6F1C993D" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251695104;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-7.4pt" to="501.75pt,-7.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHEGkT3gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KdNikEyzk4SC9d&#10;jC4fwFBDiwA3DBlL/vsOKVlJFxRo0QslkvPezHsz3N6O1rATYNTetXy9qjkDJ32n3bHl377ev3rL&#10;WUzCdcJ4By0/Q+S3u5cvtkNoYON7bzpARiQuNkNoeZ9SaKoqyh6siCsfwNGl8mhFoi0eqw7FQOzW&#10;VJu6vq4Gj11ALyFGOr2bLvmu8CsFMn1SKkJipuVUWyorlvUhr9VuK5ojitBrOZch/qEKK7SjpAvV&#10;nUiCPaL+hcpqiT56lVbS28orpSUUDaRmXf+k5ksvAhQtZE4Mi03x/9HKj6cDMt21fPOaMycs9WhP&#10;nZLJI8P8YZur7NIQYkPBe3fAeRfDAbPkUaHNXxLDxuLseXEWxsQkHV5f3VC3qAHyclc9AQPG9A68&#10;Zfmn5Ua7LFo04vQ+JkpGoZeQfGxcXqM3urvXxpRNHhfYG2QnQY0WUoJL60JiHu0H303nN29yDRNj&#10;mbAMKfzP2ChbzlBlwZPE8pfOBqbsn0GRYSRqSrAQ/Zh7ymIcRWeYokoXYF0q+yNwjs9QKGP8N+AF&#10;UTJ7lxaw1c7j77KncT0bo6b4iwOT7mzBg+/OpfnFGprH4tz8dvLAP98X+NML330HAAD//wMAUEsD&#10;BBQABgAIAAAAIQBt0Bto2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIwEEX3lbiDNUjd&#10;gU1bqiiNg1Aryq6iKQcw8TRJsceRbUi4fY1UiS5n/ujPe8VqtIad0YfOkYTFXABDqp3uqJGw/9rM&#10;MmAhKtLKOEIJFwywKid3hcq1G+gTz1VsWCqhkCsJbYx9znmoW7QqzF2PlLJv562KafQN114Nqdwa&#10;/iDEM7eqo/ShVT2+tlgfq5OVMGbV4N92y+1Pxu12jx+bi383Ut5Px/ULsIhjvB3DFT+hQ5mYDu5E&#10;OjAjIYlECbPFUxK4xkI8LoEd/la8LPh/g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;RxBpE94BAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAbdAbaNsAAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
+            <v:line w14:anchorId="2B6CCEFF" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="0,-7.4pt" to="501.75pt,-7.4pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHEGkT3gEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC815KdNikEyzk4SC9d&#10;jC4fwFBDiwA3DBlL/vsOKVlJFxRo0QslkvPezHsz3N6O1rATYNTetXy9qjkDJ32n3bHl377ev3rL&#10;WUzCdcJ4By0/Q+S3u5cvtkNoYON7bzpARiQuNkNoeZ9SaKoqyh6siCsfwNGl8mhFoi0eqw7FQOzW&#10;VJu6vq4Gj11ALyFGOr2bLvmu8CsFMn1SKkJipuVUWyorlvUhr9VuK5ojitBrOZch/qEKK7SjpAvV&#10;nUiCPaL+hcpqiT56lVbS28orpSUUDaRmXf+k5ksvAhQtZE4Mi03x/9HKj6cDMt21fPOaMycs9WhP&#10;nZLJI8P8YZur7NIQYkPBe3fAeRfDAbPkUaHNXxLDxuLseXEWxsQkHV5f3VC3qAHyclc9AQPG9A68&#10;Zfmn5Ua7LFo04vQ+JkpGoZeQfGxcXqM3urvXxpRNHhfYG2QnQY0WUoJL60JiHu0H303nN29yDRNj&#10;mbAMKfzP2ChbzlBlwZPE8pfOBqbsn0GRYSRqSrAQ/Zh7ymIcRWeYokoXYF0q+yNwjs9QKGP8N+AF&#10;UTJ7lxaw1c7j77KncT0bo6b4iwOT7mzBg+/OpfnFGprH4tz8dvLAP98X+NML330HAAD//wMAUEsD&#10;BBQABgAIAAAAIQBt0Bto2wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BbsIwEEX3lbiDNUjd&#10;gU1bqiiNg1Aryq6iKQcw8TRJsceRbUi4fY1UiS5n/ujPe8VqtIad0YfOkYTFXABDqp3uqJGw/9rM&#10;MmAhKtLKOEIJFwywKid3hcq1G+gTz1VsWCqhkCsJbYx9znmoW7QqzF2PlLJv562KafQN114Nqdwa&#10;/iDEM7eqo/ShVT2+tlgfq5OVMGbV4N92y+1Pxu12jx+bi383Ut5Px/ULsIhjvB3DFT+hQ5mYDu5E&#10;OjAjIYlECbPFUxK4xkI8LoEd/la8LPh/g/IXAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;RxBpE94BAAApBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAbdAbaNsAAAAJAQAADwAAAAAAAAAAAAAAAAA4BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Revista Ethos</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">. Revista científica venezolana. Año/mes-mes, vol. xx, No. xx, </w:t>
+      <w:t xml:space="preserve">. Revista </w:t>
     </w:r>
-    <w:proofErr w:type="spellStart"/>
-    <w:r>
+    <w:r w:rsidR="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>pp</w:t>
+      <w:t>científica venezolana</w:t>
     </w:r>
-    <w:proofErr w:type="spellEnd"/>
-    <w:r>
+    <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>-pp. Venezuela</w:t>
+      <w:t xml:space="preserve">. </w:t>
+    </w:r>
+    <w:r w:rsidR="00C720C9">
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:t>Venezuela</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00841699" w:rsidRDefault="00EE302D">
+  <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE302D">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251697152" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D1BEDF8" wp14:editId="53850DDF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A7EAC8D" wp14:editId="28AE703F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2508885</wp:posOffset>
+                <wp:posOffset>2285669</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>86665</wp:posOffset>
+                <wp:posOffset>69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3617595" cy="262255"/>
               <wp:effectExtent l="0" t="0" r="0" b="4445"/>
               <wp:wrapNone/>
               <wp:docPr id="40" name="Cuadro de texto 40"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3617595" cy="262255"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                        <w:p w:rsidR="00841699" w:rsidRDefault="000C0013" w:rsidP="000C0013">
                           <w:pPr>
                             <w:pStyle w:val="Piedepgina"/>
                           </w:pPr>
                           <w:r w:rsidRPr="000C0013">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>https://revistaethos.uniojeda.edu</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="00E15973">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>.ve/index.php/RevistaEthos</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="1D1BEDF8" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="3A7EAC8D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Cuadro de texto 40" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:197.55pt;margin-top:6.8pt;width:284.85pt;height:20.65pt;z-index:251697152;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvHTyyNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l4UNSxLEElEiqkoo&#10;iUSqnI3XZleyPa5t2KVf37EXCEp7qnoxY8/sG7/3xsweOq3IQTjfgCnpaDCkRBgOVWN2Jf3xuvpy&#10;R4kPzFRMgRElPQpPH+afP81aOxU51KAq4QiCGD9tbUnrEOw0yzyvhWZ+AFYYTEpwmgXcul1WOdYi&#10;ulZZPhxOshZcZR1w4T2ePvZJOk/4UgoenqX0IhBVUrxbSKtL6zau2XzGpjvHbN3w0zXYP9xCs8Zg&#10;0wvUIwuM7F3zB5RuuAMPMgw46AykbLhIHJDNaPiBzaZmViQuKI63F5n8/4PlT4cXR5qqpGOUxzCN&#10;Hi33rHJAKkGC6AIQzKBMrfVTrN5YrA/dV+jQ7vO5x8PIvpNOx1/kRTCPiMeLyAhFOB7eTEa3xX1B&#10;CcdcPsnzoogw2fvX1vnwTYAmMSipQxOTtuyw9qEvPZfEZgZWjVLJSGVIW9LJTTFMH1wyCK4M9ogc&#10;+rvGKHTbLlG/8NhCdUR6Dvo58ZavGrzDmvnwwhwOBjLCYQ/PuEgF2AtOESU1uF9/O4/16BdmKWlx&#10;0Erqf+6ZE5So7wadvB+No/QhbcbFbY4bd53ZXmfMXi8BZ3mEz8ryFMb6oM6hdKDf8E0sYldMMcOx&#10;d0nDOVyGfvzxTXGxWKQinEXLwtpsLI/QUdWo8Gv3xpw92RBn4QnOI8mmH9zoa3s/FvsAsklWRZ17&#10;VU/y4xwns09vLj6U632qev9nmP8GAAD//wMAUEsDBBQABgAIAAAAIQBBy98k4QAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjsqNNHoibEqapIFRKCRUs37Caxm0TE4xC7beDr&#10;GVawHN2jO+fmm8n24mJG3zlSMJ9FIAzVTnfUKDi+7R7WIHxA0tg7Mgq+jIdNcXuTY6bdlfbmcgiN&#10;4BLyGSpoQxgyKX3dGot+5gZDnJ3caDHwOTZSj3jlctvLRRQl0mJH/KHFwZStqT8OZ6vgudy94r5a&#10;2PV3Xz69nLbD5/E9Vur+bto+gghmCn8w/OqzOhTsVLkzaS96Bcs0njPKwTIBwUCarHhLpSBepSCL&#10;XP5fUPwAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAA&#10;AFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAA&#10;AAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbx08sjUCAABhBAAADgAAAAAAAAAA&#10;AAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQcvfJOEAAAAJAQAADwAAAAAA&#10;AAAAAAAAAACPBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJ0FAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Cuadro de texto 40" o:spid="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:179.95pt;margin-top:5.5pt;width:284.85pt;height:20.65pt;z-index:251674624;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBvHTyyNQIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFuGjEQvVfqP1i+l4UNSxLEElEiqkoo&#10;iUSqnI3XZleyPa5t2KVf37EXCEp7qnoxY8/sG7/3xsweOq3IQTjfgCnpaDCkRBgOVWN2Jf3xuvpy&#10;R4kPzFRMgRElPQpPH+afP81aOxU51KAq4QiCGD9tbUnrEOw0yzyvhWZ+AFYYTEpwmgXcul1WOdYi&#10;ulZZPhxOshZcZR1w4T2ePvZJOk/4UgoenqX0IhBVUrxbSKtL6zau2XzGpjvHbN3w0zXYP9xCs8Zg&#10;0wvUIwuM7F3zB5RuuAMPMgw46AykbLhIHJDNaPiBzaZmViQuKI63F5n8/4PlT4cXR5qqpGOUxzCN&#10;Hi33rHJAKkGC6AIQzKBMrfVTrN5YrA/dV+jQ7vO5x8PIvpNOx1/kRTCPiMeLyAhFOB7eTEa3xX1B&#10;CcdcPsnzoogw2fvX1vnwTYAmMSipQxOTtuyw9qEvPZfEZgZWjVLJSGVIW9LJTTFMH1wyCK4M9ogc&#10;+rvGKHTbLlG/8NhCdUR6Dvo58ZavGrzDmvnwwhwOBjLCYQ/PuEgF2AtOESU1uF9/O4/16BdmKWlx&#10;0Erqf+6ZE5So7wadvB+No/QhbcbFbY4bd53ZXmfMXi8BZ3mEz8ryFMb6oM6hdKDf8E0sYldMMcOx&#10;d0nDOVyGfvzxTXGxWKQinEXLwtpsLI/QUdWo8Gv3xpw92RBn4QnOI8mmH9zoa3s/FvsAsklWRZ17&#10;VU/y4xwns09vLj6U632qev9nmP8GAAD//wMAUEsDBBQABgAIAAAAIQBsHST04AAAAAkBAAAPAAAA&#10;ZHJzL2Rvd25yZXYueG1sTI9BS8NAEIXvgv9hmYI3u2lKShOzKSVQBNFDay/eJtltEpqdjdltG/31&#10;jic9Du/jzffyzWR7cTWj7xwpWMwjEIZqpztqFBzfd49rED4gaewdGQVfxsOmuL/LMdPuRntzPYRG&#10;cAn5DBW0IQyZlL5ujUU/d4Mhzk5utBj4HBupR7xxue1lHEUrabEj/tDiYMrW1OfDxSp4KXdvuK9i&#10;u/7uy+fX03b4PH4kSj3Mpu0TiGCm8AfDrz6rQ8FOlbuQ9qJXsEzSlFEOFryJgTROVyAqBUm8BFnk&#10;8v+C4gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAA&#10;W0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAA&#10;AAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBvHTyyNQIAAGEEAAAOAAAAAAAAAAAA&#10;AAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBsHST04AAAAAkBAAAPAAAAAAAA&#10;AAAAAAAAAI8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnAUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                  <w:p w:rsidR="00841699" w:rsidRDefault="000C0013" w:rsidP="000C0013">
                     <w:pPr>
                       <w:pStyle w:val="Piedepgina"/>
                     </w:pPr>
                     <w:r w:rsidRPr="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>https://revistaethos.uniojeda.edu</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="00E15973">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.ve/index.php/RevistaEthos</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00841699">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DED2CFA" wp14:editId="7EE33F78">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F632D16" wp14:editId="7AC5996D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-15240</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>54279</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6371590" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="39" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6371590" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln>
@@ -2983,325 +2352,262 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="767F3861" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-1.2pt,4.25pt" to="500.5pt,4.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5apGe4wEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtJGkEyzk4SC99&#10;GH18AEORFgGSSywZS/77LilbSR8o0KIXSiR3Zndml5u70Vl2VBgN+JYvFzVnykvojD+0/NvXhzdv&#10;OYtJ+E5Y8KrlJxX53fb1q80QGrWCHmynkBGJj80QWt6nFJqqirJXTsQFBOXpUgM6kWiLh6pDMRC7&#10;s9Wqrq+rAbALCFLFSKf30yXfFn6tlUyftI4qMdtyqi2VFcv6mNdquxHNAUXojTyXIf6hCieMp6Qz&#10;1b1Igj2h+YXKGYkQQaeFBFeB1kaqooHULOuf1HzpRVBFC5kTw2xT/H+08uNxj8x0LV/fcuaFox7t&#10;qFMyATLMH7ZaZ5eGEBsK3vk9nncx7DFLHjW6/CUxbCzOnmZn1ZiYpMPr9c3y6pYaIC931TMwYEzv&#10;FDiWf1pujc+iRSOO72OiZBR6CcnH1uc1gjXdg7G2bPK4qJ1FdhTUaCGl8mlZSOyT+wDddH5zVdel&#10;5cRYJixDCv8LNrrLGaoseJJY/tLJqin7Z6XJMBI1JZiJfsw91W09RWeYpkpnYF0q+yPwHJ+hqozx&#10;34BnRMkMPs1gZzzg77KncZm7TOL1FH9xYNKdLXiE7lSaX6yheSzh57eTB/7lvsCfX/j2OwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOmYVlTaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrkXoDG1SqKI2DEBXlVrUpH2DibRKw15FtSPj7ml7a4+yMZt4W69EadkUfOkcSFnMBDKl2uqNG&#10;wuFrN8uAhahIK+MIJdwwwLqcPBQq126gT7xWsWGphEKuJLQx9jnnoW7RqjB3PVLyvp23KibpG669&#10;GlK5NXwpxDO3qqO00Koety3W5+piJYxZNfjXj9X+lHG7P+D77ubfjJSP03HzAiziGP/CcMdP6FAm&#10;pqO7kA7MSJgtn1JSQrYCdreFWKTfjr8HXhb8P3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADlqkZ7jAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOmYVlTaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
+            <v:line w14:anchorId="7CA78211" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-1.2pt,4.25pt" to="500.5pt,4.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5apGe4wEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtJGkEyzk4SC99&#10;GH18AEORFgGSSywZS/77LilbSR8o0KIXSiR3Zndml5u70Vl2VBgN+JYvFzVnykvojD+0/NvXhzdv&#10;OYtJ+E5Y8KrlJxX53fb1q80QGrWCHmynkBGJj80QWt6nFJqqirJXTsQFBOXpUgM6kWiLh6pDMRC7&#10;s9Wqrq+rAbALCFLFSKf30yXfFn6tlUyftI4qMdtyqi2VFcv6mNdquxHNAUXojTyXIf6hCieMp6Qz&#10;1b1Igj2h+YXKGYkQQaeFBFeB1kaqooHULOuf1HzpRVBFC5kTw2xT/H+08uNxj8x0LV/fcuaFox7t&#10;qFMyATLMH7ZaZ5eGEBsK3vk9nncx7DFLHjW6/CUxbCzOnmZn1ZiYpMPr9c3y6pYaIC931TMwYEzv&#10;FDiWf1pujc+iRSOO72OiZBR6CcnH1uc1gjXdg7G2bPK4qJ1FdhTUaCGl8mlZSOyT+wDddH5zVdel&#10;5cRYJixDCv8LNrrLGaoseJJY/tLJqin7Z6XJMBI1JZiJfsw91W09RWeYpkpnYF0q+yPwHJ+hqozx&#10;34BnRMkMPs1gZzzg77KncZm7TOL1FH9xYNKdLXiE7lSaX6yheSzh57eTB/7lvsCfX/j2OwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOmYVlTaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrkXoDG1SqKI2DEBXlVrUpH2DibRKw15FtSPj7ml7a4+yMZt4W69EadkUfOkcSFnMBDKl2uqNG&#10;wuFrN8uAhahIK+MIJdwwwLqcPBQq126gT7xWsWGphEKuJLQx9jnnoW7RqjB3PVLyvp23KibpG669&#10;GlK5NXwpxDO3qqO00Koety3W5+piJYxZNfjXj9X+lHG7P+D77ubfjJSP03HzAiziGP/CcMdP6FAm&#10;pqO7kA7MSJgtn1JSQrYCdreFWKTfjr8HXhb8P3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADlqkZ7jAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOmYVlTaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00841699">
+    <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F06D7D3" wp14:editId="7492B5F5">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="099BF525" wp14:editId="3F183A5F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>149225</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>134289</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="817245" cy="323850"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="13" name="Imagen 13"/>
+          <wp:docPr id="96" name="Imagen 96"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="817245" cy="323850"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00841699" w:rsidRDefault="00EE302D">
+  <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE302D">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251698176" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26C310C0" wp14:editId="24664E53">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F84359E" wp14:editId="2E099F7A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>2505913</wp:posOffset>
+                <wp:posOffset>2286000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>82779</wp:posOffset>
+                <wp:posOffset>68148</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2721255" cy="335915"/>
+              <wp:extent cx="4094922" cy="336499"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="41" name="Cuadro de texto 41"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="2721255" cy="335915"/>
+                        <a:ext cx="4094922" cy="336499"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00EE302D" w:rsidRPr="00312625" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                        <w:p w:rsidR="00841699" w:rsidRPr="00312625" w:rsidRDefault="00841699" w:rsidP="00841699">
                           <w:pPr>
                             <w:pStyle w:val="Piedepgina"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Recibido</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
-[...35 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">: aaaa/mm/dd </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:sym w:font="Symbol" w:char="F07C"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Aceptado</w:t>
                           </w:r>
-                          <w:r>
+                          <w:r w:rsidR="000C0013">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
+                            <w:t>: aaaa/mm/dd</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
-                        <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D"/>
+                        <w:p w:rsidR="00841699" w:rsidRDefault="00841699" w:rsidP="00841699"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="26C310C0" id="Cuadro de texto 41" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:197.3pt;margin-top:6.5pt;width:214.25pt;height:26.45pt;z-index:251698176;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCq1tR1NwIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2jAQvVfqf7B8LyGB7AcirCgrqkpo&#10;dyW22rNxbBLJ8bi2IaG/vmOHsGjbU9WLGc9MZubNe2b+0DWKHIV1NeiCpqMxJUJzKGu9L+iP1/WX&#10;O0qcZ7pkCrQo6Ek4+rD4/GnempnIoAJVCkuwiHaz1hS08t7MksTxSjTMjcAIjUEJtmEer3aflJa1&#10;WL1RSTYe3yQt2NJY4MI59D72QbqI9aUU3D9L6YQnqqA4m4+njecunMlizmZ7y0xV8/MY7B+maFit&#10;seml1CPzjBxs/UeppuYWHEg/4tAkIGXNRcSAaNLxBzTbihkRseBynLmsyf2/svzp+GJJXRZ0mlKi&#10;WYMcrQ6stEBKQbzoPBCM4Jpa42aYvTWY77uv0CHdg9+hM6DvpG3CL+IiGMeFny5LxlKEozO7zdIs&#10;zynhGJtM8vs0D2WS96+Ndf6bgIYEo6AWSYy7ZceN833qkBKaaVjXSkUilSZtQW8m+Th+cIlgcaWx&#10;R8DQzxos3+26CD0bcOygPCE8C71OnOHrGmfYMOdfmEVhICIUu3/GQyrAXnC2KKnA/vqbP+QjXxil&#10;pEWhFdT9PDArKFHfNTJ5n06nQZnxMs1vM7zY68juOqIPzQpQy0gWThfNkO/VYEoLzRu+iWXoiiGm&#10;OfYuqB/Mle/lj2+Ki+UyJqEWDfMbvTU8lA5bDRt+7d6YNWcaghaeYJAkm31go8/t+VgePMg6UhX2&#10;3G/1vH7UcST7/ObCQ7m+x6z3f4bFbwAAAP//AwBQSwMEFAAGAAgAAAAhADu7IUXhAAAACQEAAA8A&#10;AABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1lbhRpwmN0hCnqiJVSAgOLb1wc2I3iWqvQ+y2&#10;ga9nOZXjap5m3xTryRp20aPvHQpYzCNgGhunemwFHD62jxkwHyQqaRxqAd/aw7q8vytkrtwVd/qy&#10;Dy2jEvS5FNCFMOSc+6bTVvq5GzRSdnSjlYHOseVqlFcqt4bHUZRyK3ukD50cdNXp5rQ/WwGv1fZd&#10;7urYZj+menk7boavw+dSiIfZtHkGFvQUbjD86ZM6lORUuzMqz4yAZPWUEkpBQpsIyOJkAawWkC5X&#10;wMuC/19Q/gIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAA&#10;AAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAA&#10;AAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCq1tR1NwIAAGEEAAAOAAAAAAAA&#10;AAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQA7uyFF4QAAAAkBAAAPAAAA&#10;AAAAAAAAAAAAAJEEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAnwUAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape w14:anchorId="1F84359E" id="Cuadro de texto 41" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:180pt;margin-top:5.35pt;width:322.45pt;height:26.5pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALhkYYNgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l4SQpSUirCgrqkpo&#10;dyW22rNxbBLJ8bi2IaFf37EDLNr2VPVixjOTmXnznpnf960iR2FdA7qk41FKidAcqkbvS/rjZf3p&#10;CyXOM10xBVqU9CQcvV98/DDvTCEyqEFVwhIsol3RmZLW3psiSRyvRcvcCIzQGJRgW+bxavdJZVmH&#10;1VuVZGk6TTqwlbHAhXPofRiCdBHrSym4f5LSCU9USXE2H08bz104k8WcFXvLTN3w8xjsH6ZoWaOx&#10;6bXUA/OMHGzzR6m24RYcSD/i0CYgZcNFxIBoxuk7NNuaGRGx4HKcua7J/b+y/PH4bElTlTQfU6JZ&#10;ixytDqyyQCpBvOg9EIzgmjrjCszeGsz3/Vfoke6L36EzoO+lbcMv4iIYx4WfrkvGUoSjM09n+SzL&#10;KOEYm0ym+WwWyiRvXxvr/DcBLQlGSS2SGHfLjhvnh9RLSmimYd0oFYlUmnQlnU7u0vjBNYLFlcYe&#10;AcMwa7B8v+sj9OyCYwfVCeFZGHTiDF83OMOGOf/MLAoDEaHY/RMeUgH2grNFSQ3219/8IR/5wigl&#10;HQqtpO7ngVlBifqukcnZOM+DMuMlv/uc4cXeRna3EX1oV4BaRrJwumiGfK8uprTQvuKbWIauGGKa&#10;Y++S+ou58oP88U1xsVzGJNSiYX6jt4aH0mGrYcMv/Suz5kxD0MIjXCTJindsDLkDH8uDB9lEqsKe&#10;h62e1486jmSf31x4KLf3mPX2z7D4DQAA//8DAFBLAwQUAAYACAAAACEAm6idX+EAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNC2kJcaoqUoWE6KGlF26beJtExOsQu23g&#10;63FPcBzNaOZNthxtJ040+NaxhvuJAkFcOdNyrWH/vr5bgPAB2WDnmDR8k4dlfn2VYWrcmbd02oVa&#10;xBL2KWpoQuhTKX3VkEU/cT1x9A5usBiiHGppBjzHctvJqVKJtNhyXGiwp6Kh6nN3tBpei/UGt+XU&#10;Ln664uXtsOq/9h+PWt/ejKtnEIHG8BeGC35Ehzwyle7IxotOwyxR8UuIhpqDuASUengCUWpIZnOQ&#10;eSb/X8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAuGRhg2AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJuonV/hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w:rsidR="00EE302D" w:rsidRPr="00312625" w:rsidRDefault="00EE302D" w:rsidP="00EE302D">
+                  <w:p w:rsidR="00841699" w:rsidRPr="00312625" w:rsidRDefault="00841699" w:rsidP="00841699">
                     <w:pPr>
                       <w:pStyle w:val="Piedepgina"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00717C8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Recibido</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">: </w:t>
@@ -3343,679 +2649,512 @@
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       </w:rPr>
                       <w:sym w:font="Symbol" w:char="F07C"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00717C8F">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:b/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>Aceptado</w:t>
                     </w:r>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">: </w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>aaaa</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>/mm/</w:t>
                     </w:r>
                     <w:proofErr w:type="spellStart"/>
-                    <w:r>
+                    <w:r w:rsidR="000C0013">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>dd</w:t>
                     </w:r>
                     <w:proofErr w:type="spellEnd"/>
                   </w:p>
-                  <w:p w:rsidR="00EE302D" w:rsidRDefault="00EE302D" w:rsidP="00EE302D"/>
+                  <w:p w:rsidR="00841699" w:rsidRDefault="00841699" w:rsidP="00841699"/>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00CE4D9F">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN</w:t>
     </w:r>
-    <w:r w:rsidR="00841699">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidR="00841699" w:rsidRPr="00EE285E">
+    <w:r w:rsidRPr="00EE285E">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="000C0013">
+    <w:r w:rsidR="000C0013" w:rsidRPr="000C0013">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0276</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00841699" w:rsidRPr="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00CE4D9F">
+    <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>ISSN-E</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>:</w:t>
     </w:r>
-    <w:r w:rsidRPr="00EE285E">
+    <w:r w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00EE302D" w:rsidRPr="00B864A3">
+    <w:r w:rsidR="00B864A3" w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0284</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00FE596E" w:rsidRDefault="00FE596E" w:rsidP="00680C38">
+    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00FE596E" w:rsidRDefault="00FE596E" w:rsidP="00680C38">
+    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00043803" w:rsidRDefault="008E5AC0">
+  <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251693056" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2D42FCD0" wp14:editId="7DE97A3F">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>131673</wp:posOffset>
+            <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-235026</wp:posOffset>
+            <wp:posOffset>-208915</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2916000" cy="753989"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="3" name="Imagen 3"/>
+          <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2916000" cy="753989"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00333DA4">
+    <w:r w:rsidR="0080224E" w:rsidRPr="0080224E">
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:lang w:eastAsia="es-VE"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...156 lines deleted...]
-      </mc:AlternateContent>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004632E6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="004632E6" w:rsidRPr="00411945" w:rsidRDefault="00333DA4" w:rsidP="00411945">
+  <w:p w:rsidR="004632E6" w:rsidRPr="00312625" w:rsidRDefault="005A6C84">
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-      <w:jc w:val="right"/>
+      <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:sz w:val="22"/>
-[...1 lines deleted...]
-        <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
-[...6 lines deleted...]
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="657CAA7C" wp14:editId="7AA53D3F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10AB361B" wp14:editId="134760CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
-                <wp:posOffset>15240</wp:posOffset>
+                <wp:posOffset>14605</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>439090</wp:posOffset>
+                <wp:posOffset>390829</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6263640" cy="0"/>
+              <wp:extent cx="6264000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6263640" cy="0"/>
+                        <a:ext cx="6264000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="69B4E19F" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.2pt,34.55pt" to="494.4pt,34.55pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBKGaEx5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/01xYIoia7kNXywuX&#10;ioUPcB27seSbxt4m/XvGTpoiQEIg/GDHM3Nm5hxPtveT0eQsIChnO1ptSkqE5a5X9tTRb18fX72l&#10;JERme6adFR29iEDvdy9fbEffitoNTvcCCCaxoR19R4cYfVsUgQ/CsLBxXlh0SgeGRbzCqeiBjZjd&#10;6KIuy6YYHfQeHBchoPVhdtJdzi+l4PGzlEFEojuKvcW8Q96PaS92W9aegPlB8aUN9g9dGKYsFl1T&#10;PbDIyDOoX1IZxcEFJ+OGO1M4KRUXmQOyqcqf2DwNzIvMBcUJfpUp/L+0/NP5AET1Hb2jxDKDT7TH&#10;h+LRAYF0kKpJIo0+tBi7twdYbsEfIDGeJJh0IhcyZWEvq7BiioSjsamb180d6s+vvuIG9BDie+EM&#10;SR8d1comzqxl5w8hYjEMvYYks7Zk7GiN600OC06r/lFpnZx5bsReAzkzfPHjqc4x+tl8dP1se1fi&#10;SpQw7xo+326Z0KctGhPtmWj+ihct5h6+CImqIbVqbiLN660u41zYWC1VtMXoBJPY5Qos/wxc4hNU&#10;5Fn+G/CKyJWdjSvYKOvgd9XjdG1ZzvFXBWbeSYKj6y95BLI0OJRZueUHSlP/4z3Db7/57jsAAAD/&#10;/wMAUEsDBBQABgAIAAAAIQD0RqzJ3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMKVWmIU1FQT0Cltkhc3XibpMTrKHac8Pcs4gDH2RnNvM3Xk21FxN43jhTMZwkIpNKZ&#10;hioF78ftXQrCB01Gt45QwRd6WBfXV7nOjBtpj/EQKsEl5DOtoA6hy6T0ZY1W+5nrkNg7u97qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4VGP5eRisAvP6gtVu8xzD2+ZjjMfLsI3tTqnbm+nxAUTAKfyF4Qef&#10;0aFgppMbyHjRKljcc1DBcjUHwfYqTfmT0+9BFrn8z198AwAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEoZoTHkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPRGrMncAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="0943D5CE" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="008C2286" w:rsidRDefault="008E5AC0" w:rsidP="00AB4BC5">
+  <w:p w:rsidR="008C2286" w:rsidRDefault="00E14CDB" w:rsidP="002573F4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:jc w:val="center"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="8838"/>
+      </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0BFD3561" wp14:editId="0BF584FC">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>746150</wp:posOffset>
+            <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-351815</wp:posOffset>
+            <wp:posOffset>-328803</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4680000" cy="1210105"/>
           <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="2" name="Imagen 2"/>
+          <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4680000" cy="1210105"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00411945" w:rsidRPr="008C2286">
+    <w:r w:rsidR="0080224E" w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79765356" wp14:editId="4B68147C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2C784E" wp14:editId="711017E8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>88265</wp:posOffset>
+                <wp:posOffset>66675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>1193004</wp:posOffset>
+                <wp:posOffset>1230440</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6155690" cy="0"/>
-              <wp:effectExtent l="0" t="0" r="35560" b="19050"/>
+              <wp:extent cx="6227445" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="20955" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="37" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6155690" cy="0"/>
+                        <a:ext cx="6227445" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2F51E836" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="6.95pt,93.95pt" to="491.65pt,93.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE5TFt5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ZTJe1acfYhq+1L&#10;L1EvH0AwJEjAoIGNk7/vgBOnaitVXS0PYGbmzMw5jFf3J2fZUWE04DvezGrOlJfQG7/v+I/vj2/e&#10;cxaT8L2w4FXHzyry+/XrV6shtGoOB7C9QkZJfGyH0PFDSqGtqigPyok4g6A8OTWgE4muuK96FANl&#10;d7aa1/WyGgD7gCBVjGR9GJ18XfJrrWT6onVUidmOU2+p7Fj2Xd6r9Uq0exThYOSlDfGMLpwwnopO&#10;qR5EEuwJzR+pnJEIEXSaSXAVaG2kKhyITVP/xubbQQRVuJA4MUwyxZdLKz8ft8hM3/G37zjzwtEb&#10;beilZAJkmA/WLLNKQ4gtBW/8Fi+3GLaYKZ80unwSGXYqyp4nZdUpMUnGZbNYLO/oAeTVV92AAWP6&#10;oMCx/NFxa3wmLVpx/BgTFaPQa0g2W8+Gjs9pLUpYBGv6R2NtdpbBURuL7CjoyXf7eYmxT+4T9KPt&#10;rqaVKVHeKXy83TKRz3oyZtoj0fKVzlaNPXxVmmQjas3YRB7YW10hpfKpuVSxnqIzTFOXE7D+N/AS&#10;n6GqDPP/gCdEqQw+TWBnPODfqqfTtWU9xl8VGHlnCXbQn8sIFGloKotylz8oj/2v9wK//efrnwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAMmL+4HdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAM&#10;he9I/IfISNxYCpWg65pODLQTMIkNiWvWeG2hcaomTcu/x0hIcLKf/fT8uVjPthMRB986UnC9SEAg&#10;Vc60VCt4O2yvMhA+aDK6c4QKvtDDujw/K3Ru3ESvGPehFhxCPtcKmhD6XEpfNWi1X7geiXcnN1gd&#10;WA61NIOeONx28iZJbqXVLfGFRvf40GD1uR+tAvP8hPVu8xjDy+Z9ioePcRu7nVKXF/P9CkTAOfyZ&#10;4Qef0aFkpqMbyXjRsU6X7OSa3XHDhmWWpiCOvxNZFvL/C+U3AAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMTlMW3mAQAALwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAMmL+4HdAAAACgEAAA8AAAAAAAAAAAAAAAAAQAQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAABKBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="78BA7620" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="5.25pt,96.9pt" to="495.6pt,96.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsw0Tr5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU8lu2zAQvRfoPxC811qaOI1gOQcH6aWL&#10;0eUDaGpoEeAGkrHkv++QkuWiLVCkKA+kODNvZt7jaPMwakVO4IO0pqXVqqQEDLedNMeWfv/29OYd&#10;JSEy0zFlDbT0DIE+bF+/2gyugdr2VnXgCSYxoRlcS/sYXVMUgfegWVhZBwadwnrNIl79seg8GzC7&#10;VkVdlutisL5z3nIIAa2Pk5Nuc34hgMfPQgSIRLUUe4t593k/pL3Yblhz9Mz1ks9tsH/oQjNpsOiS&#10;6pFFRp69/C2VltzbYEVccasLK4TkkDkgm6r8hc3XnjnIXFCc4BaZwv9Lyz+d9p7IrqVv7ygxTOMb&#10;7fCleLSe+HSQap1UGlxoMHhn9n6+Bbf3ifIovE4nkiFjVva8KAtjJByN67q+u7m5pYRffMUV6HyI&#10;78Fqkj5aqqRJpFnDTh9CxGIYeglJZmXI0NIa120OC1bJ7kkqlZx5cGCnPDkxfPLDsc4x6ll/tN1k&#10;uy9xJUqYdwmfbtdM6FMGjYn2RDR/xbOCqYcvIFA2pFZNTaSBvdZlnIOJ1VxFGYxOMIFdLsDy78A5&#10;PkEhD/NLwAsiV7YmLmAtjfV/qh7HS8tiir8oMPFOEhxsd84jkKXBqczKzX9QGvuf7xl+/c+3PwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAE6LTz7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLxDAQ&#10;he+C/yGM4M1Nd0WxteniKntSF9wVvGabsa0mk9Kkaf33jiDoaXgzjzffK9ezsyLhEDpPCpaLDARS&#10;7U1HjYLXw/biBkSImoy2nlDBFwZYV6cnpS6Mn+gF0z42gkMoFFpBG2NfSBnqFp0OC98j8e3dD05H&#10;lkMjzaAnDndWrrLsWjrdEX9odY/3Ldaf+9EpME+P2Ow2Dyk+b96mdPgYt8nulDo/m+9uQUSc458Z&#10;fvAZHSpmOvqRTBCWdXbFTp75JVdgQ54vVyCOvxtZlfJ/heobAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEALMNE6+YBAAAvBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEATotPPtwAAAAKAQAADwAAAAAAAAAAAAAAAABABAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAEkFAAAAAA==&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0686725C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78141FD8"/>
     <w:lvl w:ilvl="0" w:tplc="49B0506A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4081,196 +3220,216 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
+    <w:rsid w:val="00080E6D"/>
+    <w:rsid w:val="000C0013"/>
+    <w:rsid w:val="000C1254"/>
     <w:rsid w:val="000D70AA"/>
-    <w:rsid w:val="00101EB1"/>
+    <w:rsid w:val="000E7767"/>
     <w:rsid w:val="00113A30"/>
-    <w:rsid w:val="0015408C"/>
+    <w:rsid w:val="00150E66"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
-    <w:rsid w:val="001C708A"/>
+    <w:rsid w:val="00192558"/>
+    <w:rsid w:val="001A7AD6"/>
     <w:rsid w:val="001D61EC"/>
-    <w:rsid w:val="001F6AC3"/>
     <w:rsid w:val="00216178"/>
-    <w:rsid w:val="00241C90"/>
-    <w:rsid w:val="0027485E"/>
+    <w:rsid w:val="002573F4"/>
     <w:rsid w:val="002950C1"/>
-    <w:rsid w:val="002A56EB"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
+    <w:rsid w:val="002E50C3"/>
     <w:rsid w:val="00312625"/>
-    <w:rsid w:val="00333DA4"/>
-    <w:rsid w:val="003614BC"/>
+    <w:rsid w:val="00321DA3"/>
+    <w:rsid w:val="00386603"/>
+    <w:rsid w:val="0038781A"/>
+    <w:rsid w:val="003A6228"/>
     <w:rsid w:val="003C576A"/>
-    <w:rsid w:val="003D1EFB"/>
-    <w:rsid w:val="00411945"/>
+    <w:rsid w:val="003F3DFD"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
-    <w:rsid w:val="0046122E"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
     <w:rsid w:val="004A55BF"/>
-    <w:rsid w:val="004C3E50"/>
     <w:rsid w:val="004E6399"/>
-    <w:rsid w:val="004F00BE"/>
-    <w:rsid w:val="00597EC1"/>
+    <w:rsid w:val="00574554"/>
+    <w:rsid w:val="005A6C84"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
+    <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="006C2BB6"/>
-    <w:rsid w:val="006D12B7"/>
+    <w:rsid w:val="006C6D72"/>
     <w:rsid w:val="006D49EB"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
+    <w:rsid w:val="007A7A7F"/>
+    <w:rsid w:val="007D40B4"/>
+    <w:rsid w:val="007E41C3"/>
+    <w:rsid w:val="0080224E"/>
     <w:rsid w:val="00807D29"/>
-    <w:rsid w:val="0081667B"/>
+    <w:rsid w:val="00821B8A"/>
+    <w:rsid w:val="00822244"/>
     <w:rsid w:val="00841699"/>
-    <w:rsid w:val="00883A2F"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
+    <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
+    <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
-    <w:rsid w:val="008E2CB0"/>
-    <w:rsid w:val="008E5AC0"/>
     <w:rsid w:val="00932A26"/>
-    <w:rsid w:val="00987635"/>
-[...1 lines deleted...]
-    <w:rsid w:val="009E1D41"/>
+    <w:rsid w:val="00934DBB"/>
+    <w:rsid w:val="00946AC4"/>
+    <w:rsid w:val="00992C58"/>
+    <w:rsid w:val="00994782"/>
+    <w:rsid w:val="009D114F"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
+    <w:rsid w:val="00A31934"/>
+    <w:rsid w:val="00A44AF4"/>
     <w:rsid w:val="00A60D9C"/>
-    <w:rsid w:val="00AB4BC5"/>
+    <w:rsid w:val="00AA7836"/>
     <w:rsid w:val="00AC5271"/>
+    <w:rsid w:val="00AF1E61"/>
     <w:rsid w:val="00AF4C8B"/>
+    <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
+    <w:rsid w:val="00B8021E"/>
     <w:rsid w:val="00B8504A"/>
-    <w:rsid w:val="00BC1EBB"/>
-    <w:rsid w:val="00C22F62"/>
+    <w:rsid w:val="00B864A3"/>
+    <w:rsid w:val="00B86564"/>
+    <w:rsid w:val="00B94943"/>
+    <w:rsid w:val="00BA5502"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
+    <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
-    <w:rsid w:val="00CE4D9F"/>
+    <w:rsid w:val="00CC2938"/>
+    <w:rsid w:val="00CF5BE3"/>
     <w:rsid w:val="00D21222"/>
-    <w:rsid w:val="00D8424D"/>
-    <w:rsid w:val="00DC3E9E"/>
+    <w:rsid w:val="00D27EE2"/>
+    <w:rsid w:val="00DB45F4"/>
+    <w:rsid w:val="00E04A16"/>
+    <w:rsid w:val="00E14CDB"/>
+    <w:rsid w:val="00E15973"/>
     <w:rsid w:val="00E53393"/>
     <w:rsid w:val="00EB069B"/>
+    <w:rsid w:val="00EB4DB4"/>
     <w:rsid w:val="00EE285E"/>
-    <w:rsid w:val="00EE302D"/>
+    <w:rsid w:val="00EE7221"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
-    <w:rsid w:val="00F27164"/>
     <w:rsid w:val="00F3421D"/>
-    <w:rsid w:val="00FA31E7"/>
+    <w:rsid w:val="00F8068F"/>
+    <w:rsid w:val="00F92046"/>
+    <w:rsid w:val="00FB50FC"/>
+    <w:rsid w:val="00FC4205"/>
+    <w:rsid w:val="00FD63AD"/>
     <w:rsid w:val="00FE0665"/>
-    <w:rsid w:val="00FE4750"/>
-    <w:rsid w:val="00FE596E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="297912E6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4626,50 +3785,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00E04A16"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -4794,57 +3954,56 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
-  <w:allowPNG/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5085,81 +4244,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{695E8D49-24BC-473A-A5E9-53A3796681F1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BDCE9A1-1350-4588-91CC-A36A8C4FAD5C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>652</Words>
-  <Characters>3588</Characters>
+  <Words>743</Words>
+  <Characters>4089</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>29</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>34</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4232</CharactersWithSpaces>
+  <CharactersWithSpaces>4823</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>