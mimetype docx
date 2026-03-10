--- v1 (2026-01-28)
+++ v2 (2026-03-10)
@@ -1,615 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:r w:rsidRPr="008B672E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título del </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensayo e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B672E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n español (Entre 10 y 15 palabras)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="0080592F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Título del </w:t>
+      </w:r>
+      <w:r w:rsidR="009E1D41" w:rsidRPr="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ensayo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00990987" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apellidos, Nombres del autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Correo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>xxxxx@xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00990987">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="0080592F" w:rsidRPr="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+      </w:r>
+      <w:r w:rsidR="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (campo obligatorio)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E5AC0" w:rsidRDefault="008E5AC0" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afiliación institucional</w:t>
+      </w:r>
+      <w:r w:rsidR="0080592F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Ciudad, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Idem</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> autor 2 y 3 (si los hay)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00333DA4" w:rsidRDefault="00333DA4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="001D61EC" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007D40B4">
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En un solo párrafo, interlineado sencillo, sin sangría, máximo 150 palabras. </w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Se expone breve introducción</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aspectos relevantes de la temática abordada </w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">y </w:t>
+      </w:r>
+      <w:r w:rsidR="00597EC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>conclusión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0477E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00F13FFE" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título del </w:t>
-[...100 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(E</w:t>
+      </w:r>
+      <w:r w:rsidR="00B670AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>scriba el resumen en inglés)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176A9F" w:rsidRDefault="00176A9F" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="22"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="009D114F" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00D8424D" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:szCs w:val="22"/>
-[...388 lines deleted...]
-      <w:r>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Key</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>words</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C2286">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
@@ -631,322 +613,594 @@
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Introducción</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
-[...8 lines deleted...]
-    <w:p w:rsidR="00A0477E" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00990987">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0081667B" w:rsidRDefault="008E2CB0" w:rsidP="0081667B">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Esta parte del ensayo s</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>con interlineado de 1,5</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">con </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alineación justificada. </w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Roma</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, tamaño 12</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>En esta se refleja la importancia y propósito de</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>l escritor</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se explica el acercamiento y el porqué de la elección del tema; así como </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA31E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">también, </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la organización del ensayo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A0477E" w:rsidRDefault="003D1EFB" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:lang w:val="es-ES"/>
-[...89 lines deleted...]
-    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00A0477E">
+        </w:rPr>
+        <w:t>Tenga en consideración que se trata de generar ideas sobre una pregunta en concreto y no de un tema amplio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312E34" w:rsidRDefault="00312E34" w:rsidP="00A0477E">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="00AB4BC5" w:rsidP="00AB4BC5">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Desarrollo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRPr="004564A2" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+    <w:p w:rsidR="00AF4C8B" w:rsidRPr="004564A2" w:rsidRDefault="00AF4C8B" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+    <w:p w:rsidR="008E2CB0" w:rsidRDefault="008C2286" w:rsidP="008E2CB0">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t xml:space="preserve">Se desglosa en secciones según los aspectos indicados en la introducción, cada una de estas se redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
+        <w:t xml:space="preserve">Se </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4BC5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">desglosa en secciones según </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">los aspectos indicados en la introducción, </w:t>
+      </w:r>
+      <w:r w:rsidR="0081667B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cada una de estas </w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">redacta en párrafos entre 6 y 10 líneas, sin sangría, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>con interlineado de 1,5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">con </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
+        <w:t xml:space="preserve">espaciado posterior entre párrafos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>de 6 pts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alineación justificada. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-        <w:t>uente Times New Roma</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Roma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>n, tamaño 12</w:t>
-[...15 lines deleted...]
-    <w:p w:rsidR="00150E66" w:rsidRDefault="00150E66" w:rsidP="00150E66">
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. L</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>as</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sub</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>secciones</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> alinead</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>s a la izquierda, en cursiva</w:t>
+      </w:r>
+      <w:r w:rsidR="004564A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, fuente en tamaño 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> E</w:t>
+      </w:r>
+      <w:r w:rsidR="003D1EFB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n esta </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">parte del ensayo se expresan las argumentaciones del autor, según sea la estrategia utilizada (análisis, comparación, contraste, definiciones, clasificaciones, causas y efectos). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00FA31E7" w:rsidP="004E6399">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">El autor da a conocer las consideraciones teóricas en las que se sustenta el ensayo; es decir, la revisión de la literatura de fuentes certificadas y actualizadas (últimos 5 años), se deben consultar en bases de datos de calidad e históricas que aporten información relevante a la argumentación. En caso de utilizar </w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:t>El autor da a conocer l</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as </w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consideraciones teóricas en las que se sustenta </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>el ensayo</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>; es decir, la revisión de la literatura de fuente</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">certificadas y </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>actualizadas (últimos 5 años), se deben consultar</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bases de datos de calidad e históricas que aporten información relevante a la </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>argumentación</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. En caso de utilizar </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tablas, el tamaño será en fuente Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004E6399" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>Rom</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="00F13FFE">
-[...14 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="004E6399" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00312E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tamaño 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00312E34">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399" w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, con interlineado sencillo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Conclusiones o consideraciones fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -954,92 +1208,142 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ales</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CB2207" w:rsidRDefault="00CB2207" w:rsidP="00CB2207">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reflexiones sobre la utilidad práctica del estudio, se presenta </w:t>
+        <w:t xml:space="preserve">Reflexiones </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">finales </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sobre la utilidad práctica del estudio, se presenta </w:t>
       </w:r>
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">de forma argumentada, crítica y honesta si </w:t>
-[...5 lines deleted...]
-        <w:t>se</w:t>
+        <w:t>de forma argumentada</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y </w:t>
       </w:r>
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...22 lines deleted...]
-        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>crítica</w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. En esta parte del ensayo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se </w:t>
+      </w:r>
+      <w:r w:rsidR="008E2CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>recapitulan los aspectos concretos</w:t>
+      </w:r>
+      <w:r w:rsidR="00987635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de la temática abordada dentro del contexto, </w:t>
+      </w:r>
+      <w:r w:rsidR="004C3E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">se reafirman las teorías presentadas, </w:t>
+      </w:r>
+      <w:r w:rsidR="00987635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>se refleja el enfoque</w:t>
+      </w:r>
+      <w:r w:rsidR="004C3E50">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> y postura final del autor</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004E6399" w:rsidRDefault="004E6399" w:rsidP="004E6399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRPr="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="00CB2207" w:rsidP="00B06C32">
       <w:pPr>
@@ -1138,2029 +1442,1348 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>ma edición</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B06C32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B06C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>TinyURL</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B8504A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> o similar.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="00B06C32">
+    <w:p w:rsidR="006D12B7" w:rsidRDefault="006D12B7" w:rsidP="00B06C32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+    <w:p w:rsidR="006D12B7" w:rsidRDefault="006D12B7" w:rsidP="006D12B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>Importante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
+        <w:t xml:space="preserve"> pa</w:t>
+      </w:r>
+      <w:r w:rsidR="004E48EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ra darle niveles de calidad a la</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="004E48EE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>investigacione</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, a los autores y a la revista donde van a publicar, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>es necesario</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+        <w:t xml:space="preserve">, como </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Latindex</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (revistas en línea catálogo 2.0), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Scopus</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Web of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Science</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, DOAJ, entre otros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00312E34" w:rsidRDefault="00312E34" w:rsidP="006D12B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+    </w:p>
+    <w:p w:rsidR="0080592F" w:rsidRPr="0080592F" w:rsidRDefault="00D753CF" w:rsidP="0080592F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="0080592F" w:rsidRPr="0080592F">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://latindex.org/latindex/inicio</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+    <w:p w:rsidR="0080592F" w:rsidRPr="0080592F" w:rsidRDefault="00D753CF" w:rsidP="0080592F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="0080592F" w:rsidRPr="0080592F">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+    <w:p w:rsidR="0080592F" w:rsidRPr="0080592F" w:rsidRDefault="00D753CF" w:rsidP="0080592F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="0080592F" w:rsidRPr="0080592F">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://mjl.clarivate.com/home</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00A44AF4" w:rsidP="003A6228">
+    <w:p w:rsidR="0080592F" w:rsidRPr="0080592F" w:rsidRDefault="00D753CF" w:rsidP="0080592F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="0080592F" w:rsidRPr="0080592F">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://doaj.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
-[...151 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="003A6228">
+    <w:p w:rsidR="0080592F" w:rsidRDefault="0080592F" w:rsidP="006D12B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00312E34" w:rsidRDefault="00312E34" w:rsidP="006D12B7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="006D12B7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Declaración de c</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidR="008979B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> y originalidad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008979B2" w:rsidRPr="008979B2" w:rsidRDefault="007E41C3" w:rsidP="00D27EE2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
+        <w:t>Conforme a lo estipulado en el C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ódigo de ética y buenas prácticas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:t xml:space="preserve"> publicado en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D27EE2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D27EE2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Ethos</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">yo o nosotros (nombre y apellido del autor o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>con (identific</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>ción)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>, declar</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>o(declar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>amos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Comité Editorial que:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E33F5">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:b/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>tengo(ten</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>emos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> situaciones que representen conflicto de interés real, potencial o evidente, de carácter académico, financiero, intelectual o con derechos de propiedad intelectual relacionados con el contenido del </w:t>
+      </w:r>
+      <w:r w:rsidR="006D12B7">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo: (</w:t>
+      </w:r>
+      <w:r w:rsidR="006D12B7" w:rsidRPr="00CF5BE3">
+        <w:rPr>
+          <w:b/>
           <w:i/>
-        </w:rPr>
-[...117 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>título en español</w:t>
+      </w:r>
+      <w:r w:rsidR="006D12B7">
+        <w:rPr>
+          <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004E71CA">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="004E71CA">
+      <w:r w:rsidR="006D12B7" w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en relación con su publicación.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>De igual manera, declaro(declaramos) que,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124EBE" w:rsidRPr="008979B2" w:rsidRDefault="00101EB1" w:rsidP="00124EBE">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009E33F5">
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Este trabajo es original, no ha sido publicado parcial ni totalmente en otro medio de difusión, no se utilizaron ideas, formulaciones, citas o ilustraciones diversas, extraídas de distintas fuentes, sin mencionar de forma clara y estricta su origen y sin ser referenciadas debidamente en la bibliografía correspondiente</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>. Consiento(consentimos) que el Comité Editorial aplique cualquier sistema de detección de plagio</w:t>
+      </w:r>
+      <w:r w:rsidR="00124EBE">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para verificar su originalidad; así también declara(declaramos)</w:t>
+      </w:r>
+      <w:r w:rsidR="00124EBE" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> que</w:t>
       </w:r>
-      <w:r>
-[...47 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00124EBE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00124EBE" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> en la preparación de este manuscrito</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00124EBE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00124EBE" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> no utiliz</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00124EBE">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aron</w:t>
       </w:r>
-      <w:r w:rsidRPr="004A5AB7">
+      <w:r w:rsidR="00124EBE" w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="008979B2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Así lo declar</w:t>
-[...31 lines deleted...]
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+        <w:t>Así lo declaro(declaramos) en (</w:t>
+      </w:r>
+      <w:r w:rsidR="0021778B">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ciudad, País</w:t>
+      </w:r>
+      <w:r w:rsidR="004E48EE">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> f</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>echa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRPr="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Firmas autógrafas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> del autor o autores</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="00101EB1" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
-      <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
+    <w:p w:rsidR="004564A2" w:rsidRDefault="00101EB1" w:rsidP="00101EB1">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w:rsidR="00124EBE" w:rsidRPr="004564A2" w:rsidRDefault="00124EBE" w:rsidP="00101EB1">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Número de teléfono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="008C2286" w:rsidP="00B44C58">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00124EBE" w:rsidRPr="00386603" w:rsidRDefault="00124EBE" w:rsidP="00124EBE">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Datos del autor o los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124EBE" w:rsidRDefault="00124EBE" w:rsidP="00124EBE">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Títulos profesionales universitarios obtenidos al momento del envío del trabajo (actualizados en su </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00124EBE" w:rsidRDefault="00124EBE" w:rsidP="00124EBE">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Afiliación institucional: nombre de la institución donde se realizó el trabajo, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E6418" w:rsidRPr="00312E34" w:rsidRDefault="00124EBE" w:rsidP="00312E34">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Institución/organización a la cual pertenece</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>/labora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o perteneció</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>en caso de ser jubilado</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, ciudad y país.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="009E6418" w:rsidRPr="00312E34" w:rsidSect="00312E34">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
-      <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1418" w:right="1134" w:bottom="1418" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
+      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
+    <w:p w:rsidR="00D753CF" w:rsidRDefault="00D753CF" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
+    <w:p w:rsidR="00D753CF" w:rsidRDefault="00D753CF" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...766 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
+    <w:p w:rsidR="00D753CF" w:rsidRDefault="00D753CF" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A44AF4" w:rsidRDefault="00A44AF4" w:rsidP="00680C38">
+    <w:p w:rsidR="00D753CF" w:rsidRDefault="00D753CF" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
+  <w:p w:rsidR="00043803" w:rsidRDefault="004632E6">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:noProof/>
-        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
-      <w:drawing>
-[...53 lines deleted...]
-      </w:drawing>
+      <w:t xml:space="preserve">   </w:t>
     </w:r>
-    <w:r w:rsidR="0080224E" w:rsidRPr="0080224E">
+  </w:p>
+  <w:p w:rsidR="004632E6" w:rsidRPr="00411945" w:rsidRDefault="00333DA4" w:rsidP="00411945">
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="es-ES"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-VE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="004632E6">
-[...4 lines deleted...]
-    </w:r>
   </w:p>
-  <w:p w:rsidR="004632E6" w:rsidRPr="00312625" w:rsidRDefault="005A6C84">
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w:rsidR="008C2286" w:rsidRDefault="00312E34" w:rsidP="00AB4BC5">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
-      <w:rPr>
-[...1 lines deleted...]
-      </w:rPr>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:r w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10AB361B" wp14:editId="134760CF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1CDBF064" wp14:editId="3CA1E8DF">
               <wp:simplePos x="0" y="0"/>
-              <wp:positionH relativeFrom="margin">
-                <wp:posOffset>14605</wp:posOffset>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>146786</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>390829</wp:posOffset>
+                <wp:posOffset>477824</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="6264000" cy="0"/>
-              <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
+              <wp:extent cx="6155690" cy="0"/>
+              <wp:effectExtent l="0" t="0" r="35560" b="19050"/>
               <wp:wrapNone/>
-              <wp:docPr id="4" name="Conector recto 16"/>
+              <wp:docPr id="37" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="6264000" cy="0"/>
+                        <a:ext cx="6155690" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0943D5CE" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="14B8B598" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251670528;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="11.55pt,37.6pt" to="496.25pt,37.6pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDE5TFt5gEAAC8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7ZTJe1acfYhq+1L&#10;L1EvH0AwJEjAoIGNk7/vgBOnaitVXS0PYGbmzMw5jFf3J2fZUWE04DvezGrOlJfQG7/v+I/vj2/e&#10;cxaT8L2w4FXHzyry+/XrV6shtGoOB7C9QkZJfGyH0PFDSqGtqigPyok4g6A8OTWgE4muuK96FANl&#10;d7aa1/WyGgD7gCBVjGR9GJ18XfJrrWT6onVUidmOU2+p7Fj2Xd6r9Uq0exThYOSlDfGMLpwwnopO&#10;qR5EEuwJzR+pnJEIEXSaSXAVaG2kKhyITVP/xubbQQRVuJA4MUwyxZdLKz8ft8hM3/G37zjzwtEb&#10;beilZAJkmA/WLLNKQ4gtBW/8Fi+3GLaYKZ80unwSGXYqyp4nZdUpMUnGZbNYLO/oAeTVV92AAWP6&#10;oMCx/NFxa3wmLVpx/BgTFaPQa0g2W8+Gjs9pLUpYBGv6R2NtdpbBURuL7CjoyXf7eYmxT+4T9KPt&#10;rqaVKVHeKXy83TKRz3oyZtoj0fKVzlaNPXxVmmQjas3YRB7YW10hpfKpuVSxnqIzTFOXE7D+N/AS&#10;n6GqDPP/gCdEqQw+TWBnPODfqqfTtWU9xl8VGHlnCXbQn8sIFGloKotylz8oj/2v9wK//efrnwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAAp00/reAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQ&#10;RO9I/QdrK/VGnaYq0BCnoqCegEq0lXp14yUJ2Osodpzw9xhxgOPsjGbe5pvRaBawc40lAYt5Agyp&#10;tKqhSsDpuLu+A+a8JCW1JRTwhQ42xeQql5myA71hOPiKxRJymRRQe99mnLuyRiPd3LZI0Xu3nZE+&#10;yq7iqpNDLDeap0lyw41sKC7UssXHGsvPQ28EqJdnrPbbp+Bft+chHD/6XdB7IWbT8eEemMfR/4Xh&#10;Bz+iQxGZLrYn5ZgWkC4XMSngdpUCi/56na6AXX4PvMj5/weKbwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQDE5TFt5gEAAC8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAKdNP63gAAAAgBAAAPAAAAAAAAAAAAAAAAAEAEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAASwUAAAAA&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
-              <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-  </w:p>
-[...11 lines deleted...]
-    </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251691008" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5EAC67D2" wp14:editId="1717D88E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+            <wp:posOffset>1657223</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-328803</wp:posOffset>
+            <wp:posOffset>-323977</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="4680000" cy="1210105"/>
-          <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
+          <wp:extent cx="2757805" cy="712470"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
-          <wp:docPr id="1" name="Imagen 1"/>
+          <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="4680000" cy="1210105"/>
+                    <a:ext cx="2757805" cy="712470"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="0080224E" w:rsidRPr="008C2286">
-[...72 lines deleted...]
-    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0686725C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="78141FD8"/>
     <w:lvl w:ilvl="0" w:tplc="49B0506A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="200A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -3212,224 +2835,329 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="200A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74896F08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71101628"/>
+    <w:lvl w:ilvl="0" w:tplc="A1E0A3D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
-    <w:rsid w:val="00080E6D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="000C1254"/>
     <w:rsid w:val="000D70AA"/>
-    <w:rsid w:val="000E7767"/>
+    <w:rsid w:val="00101EB1"/>
     <w:rsid w:val="00113A30"/>
-    <w:rsid w:val="00150E66"/>
+    <w:rsid w:val="00124EBE"/>
+    <w:rsid w:val="0015408C"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
-    <w:rsid w:val="00192558"/>
-    <w:rsid w:val="001A7AD6"/>
+    <w:rsid w:val="001C708A"/>
     <w:rsid w:val="001D61EC"/>
+    <w:rsid w:val="001F6AC3"/>
     <w:rsid w:val="00216178"/>
-    <w:rsid w:val="002573F4"/>
+    <w:rsid w:val="0021778B"/>
+    <w:rsid w:val="00241C90"/>
+    <w:rsid w:val="0027485E"/>
     <w:rsid w:val="002950C1"/>
+    <w:rsid w:val="002A56EB"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
-    <w:rsid w:val="002E50C3"/>
     <w:rsid w:val="00312625"/>
-    <w:rsid w:val="00321DA3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="003A6228"/>
+    <w:rsid w:val="00312E34"/>
+    <w:rsid w:val="00333DA4"/>
+    <w:rsid w:val="003614BC"/>
     <w:rsid w:val="003C576A"/>
-    <w:rsid w:val="003F3DFD"/>
+    <w:rsid w:val="003D1EFB"/>
+    <w:rsid w:val="00411945"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
+    <w:rsid w:val="0046122E"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
     <w:rsid w:val="004A55BF"/>
+    <w:rsid w:val="004A68E8"/>
+    <w:rsid w:val="004C3E50"/>
+    <w:rsid w:val="004E48EE"/>
     <w:rsid w:val="004E6399"/>
-    <w:rsid w:val="00574554"/>
-    <w:rsid w:val="005A6C84"/>
+    <w:rsid w:val="004F00BE"/>
+    <w:rsid w:val="00597EC1"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
-    <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
+    <w:rsid w:val="00695C9C"/>
     <w:rsid w:val="006C2BB6"/>
-    <w:rsid w:val="006C6D72"/>
+    <w:rsid w:val="006D12B7"/>
     <w:rsid w:val="006D49EB"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
-    <w:rsid w:val="007A7A7F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0080224E"/>
+    <w:rsid w:val="0080592F"/>
     <w:rsid w:val="00807D29"/>
-    <w:rsid w:val="00821B8A"/>
-    <w:rsid w:val="00822244"/>
+    <w:rsid w:val="0081667B"/>
     <w:rsid w:val="00841699"/>
+    <w:rsid w:val="00883A2F"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
-    <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
-    <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
+    <w:rsid w:val="008E2CB0"/>
+    <w:rsid w:val="008E5AC0"/>
     <w:rsid w:val="00932A26"/>
-    <w:rsid w:val="00934DBB"/>
-[...3 lines deleted...]
-    <w:rsid w:val="009D114F"/>
+    <w:rsid w:val="00987635"/>
+    <w:rsid w:val="00990987"/>
+    <w:rsid w:val="009C5828"/>
+    <w:rsid w:val="009E1D41"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
-    <w:rsid w:val="00A31934"/>
-    <w:rsid w:val="00A44AF4"/>
     <w:rsid w:val="00A60D9C"/>
-    <w:rsid w:val="00AA7836"/>
+    <w:rsid w:val="00AB4BC5"/>
     <w:rsid w:val="00AC5271"/>
-    <w:rsid w:val="00AF1E61"/>
     <w:rsid w:val="00AF4C8B"/>
-    <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
-    <w:rsid w:val="00B8021E"/>
     <w:rsid w:val="00B8504A"/>
-    <w:rsid w:val="00B864A3"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00BA5502"/>
+    <w:rsid w:val="00BC1EBB"/>
+    <w:rsid w:val="00C22F62"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
-    <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
-    <w:rsid w:val="00CC2938"/>
-    <w:rsid w:val="00CF5BE3"/>
+    <w:rsid w:val="00CB5B79"/>
+    <w:rsid w:val="00CE4D9F"/>
     <w:rsid w:val="00D21222"/>
-    <w:rsid w:val="00D27EE2"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E15973"/>
+    <w:rsid w:val="00D753CF"/>
+    <w:rsid w:val="00D8424D"/>
+    <w:rsid w:val="00DC3E9E"/>
     <w:rsid w:val="00E53393"/>
     <w:rsid w:val="00EB069B"/>
-    <w:rsid w:val="00EB4DB4"/>
     <w:rsid w:val="00EE285E"/>
-    <w:rsid w:val="00EE7221"/>
+    <w:rsid w:val="00EE302D"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
+    <w:rsid w:val="00F27164"/>
     <w:rsid w:val="00F3421D"/>
-    <w:rsid w:val="00F8068F"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00FD63AD"/>
+    <w:rsid w:val="00FA31E7"/>
     <w:rsid w:val="00FE0665"/>
+    <w:rsid w:val="00FE4750"/>
+    <w:rsid w:val="00FE596E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="13ED796A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -3785,51 +3513,50 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00E04A16"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
@@ -3848,67 +3575,65 @@
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F13FFE"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:lang w:eastAsia="es-VE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotaalfinal">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotaalfinalCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00680C38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotaalfinalCar">
     <w:name w:val="Texto nota al final Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotaalfinal"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00680C38"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalfinal">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00680C38"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Prrafodelista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00420C83"/>
     <w:pPr>
       <w:ind w:left="720"/>
@@ -3948,70 +3673,102 @@
       <w:tabs>
         <w:tab w:val="center" w:pos="4419"/>
         <w:tab w:val="right" w:pos="8838"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Textonotapie">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="TextonotapieCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5828"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
+    <w:name w:val="Texto nota pie Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Textonotapie"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="009C5828"/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Refdenotaalpie">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="009C5828"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
+  <w:allowPNG/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -4244,81 +4001,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BDCE9A1-1350-4588-91CC-A36A8C4FAD5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A5F17E9F-F3A9-4353-9141-2E2290CA5716}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>743</Words>
-  <Characters>4089</Characters>
+  <Words>795</Words>
+  <Characters>4376</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>34</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4823</CharactersWithSpaces>
+  <CharactersWithSpaces>5161</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>