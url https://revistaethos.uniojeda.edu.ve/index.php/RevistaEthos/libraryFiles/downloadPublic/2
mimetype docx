--- v0 (2025-10-09)
+++ v1 (2026-01-28)
@@ -8,898 +8,583 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008C2286" w:rsidRDefault="00FD63AD">
-[...289 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D40B4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Título del artículo en español (Entre 10 y 15 palabras)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="007D40B4" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRPr="008A29DA" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A29DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Título del artículo en inglés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00680C38" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Apellidos, Nombres del autor</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Correo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Orcid: </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>https://orcid.org/</w:t>
+      </w:r>
+      <w:r w:rsidR="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002827D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>0000</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (campo obligatorio)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006135DA" w:rsidRDefault="006135DA" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Afiliación institucional-</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ciudad, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>País</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D40B4" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ídem autores 2 </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>y 3 (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>si los hay</w:t>
+      </w:r>
+      <w:r w:rsidR="00192558">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="001D61EC" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007D40B4">
+        <w:t>Resumen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En un solo párrafo, interlineado sencillo, sin sangría, máximo 150 palabras. </w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Se expone breve introducción</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, m</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>todo</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>logía</w:t>
+      </w:r>
+      <w:r w:rsidR="004260DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, resultados y </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>conclusión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>: 4</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0477E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> palabras</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRPr="00F13FFE" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Título del artículo en inglés</w:t>
-      </w:r>
+        <w:t>Abstract</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="00A0477E" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(E</w:t>
+      </w:r>
+      <w:r w:rsidR="00B670AA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>scriba el resumen en inglés)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00176A9F" w:rsidRDefault="00176A9F" w:rsidP="008C2286">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...8 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...228 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="00176A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-      </w:pPr>
-[...228 lines deleted...]
-        </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
@@ -982,164 +667,126 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alineación justificada. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-        <w:t>Roma</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>n</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, tamaño 12</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En esta sección se refleja la importancia y propósito de la investigación, alcance, </w:t>
       </w:r>
       <w:r w:rsidR="001A7AD6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">relevancia a nivel general y la breve </w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">descripción de </w:t>
       </w:r>
       <w:r w:rsidR="00B670AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>los apartados del trabajo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27EE2" w:rsidRDefault="00D27EE2" w:rsidP="00A0477E">
-[...15 lines deleted...]
-    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="008C2286" w:rsidP="00A0477E">
+    <w:p w:rsidR="008C2286" w:rsidRPr="004564A2" w:rsidRDefault="008C2286" w:rsidP="008A29DA">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:before="240" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Fundamentos teóricos</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF4C8B" w:rsidRPr="004564A2" w:rsidRDefault="00AF4C8B" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006C6D72" w:rsidRDefault="008C2286" w:rsidP="006C6D72">
       <w:pPr>
         <w:spacing w:after="90" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
@@ -1167,201 +814,172 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>espaciado posterior entre párrafos de 6 pts.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alineación justificada. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...18 lines deleted...]
-        <w:t>Roma</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>uente Times New Roma</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t>n, tamaño 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Los subtítulos alineados a la izquierda, en cursiva</w:t>
+      </w:r>
+      <w:r w:rsidR="004564A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, fuente en tamaño 12</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF4C8B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Es la recopilación de antecedentes, investigaciones previas y consideraciones teóricas en las que se sustenta la investigación; es decir, la revisión de la </w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">literatura de fuentes actualizadas (últimos 5 años) </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>consultadas en</w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bases de datos de calidad e históricas que aporten información relevante a la investigación</w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En los artículos no </w:t>
+      </w:r>
+      <w:r w:rsidR="006C6D72" w:rsidRPr="006C6D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>se coloca</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="006C6D72" w:rsidRPr="006C6D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> las investigaciones previas una debajo de otra. La idea es ir redactando la realidad, las teorías y el soporte de leyes e instituciones con esos antecedentes/investigaciones previas</w:t>
+      </w:r>
+      <w:r w:rsidR="006C6D72">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="004E6399" w:rsidP="004E6399">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En caso de utilizar </w:t>
+      </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>, tamaño 12</w:t>
-[...85 lines deleted...]
-        <w:t xml:space="preserve">En caso de utilizar </w:t>
+        <w:t>tablas, el tamaño será en fuente Times New Rom</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">tablas, el tamaño será en fuente Times New </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve"> tamaño 10, con interlineado sencillo.</w:t>
+        <w:t>n tamaño 10, con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1610,88 +1228,79 @@
       <w:r w:rsidR="00CB2207">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>se relacionan con las experiencias</w:t>
       </w:r>
       <w:r w:rsidR="00CB2207">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> similares abordadas y los fundamentos teóricos expuestos</w:t>
       </w:r>
       <w:r w:rsidR="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27EE2" w:rsidRPr="000D70AA" w:rsidRDefault="00D27EE2" w:rsidP="00176A9F">
-[...6 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00176A9F" w:rsidRPr="000D70AA" w:rsidRDefault="00176A9F" w:rsidP="00EB4DB4">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conclusiones o consideraciones fin</w:t>
       </w:r>
       <w:r w:rsidRPr="008D1A35">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>ales</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CB2207" w:rsidRDefault="00CB2207" w:rsidP="00CB2207">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1718,61 +1327,53 @@
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>lograron los objetivos, se proponen aspectos concretos a futuros estudios encaminados a resolver nuevas situaciones</w:t>
       </w:r>
       <w:r w:rsidR="00A60D9C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. S</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>e generan lineamientos, si es el caso.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D27EE2" w:rsidRDefault="00D27EE2" w:rsidP="00CB2207">
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008A29DA">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Referencias</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRPr="000D70AA" w:rsidRDefault="000D70AA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000D70AA" w:rsidRDefault="00CB2207" w:rsidP="00B06C32">
       <w:pPr>
@@ -1815,51 +1416,59 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> las normas para las referencias en el portal de la revista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>, ajustadas a</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t>l manual de publicaciones de la Asociación Americana de Psicología (</w:t>
+        <w:t xml:space="preserve">l manual de </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>publicaciones de la Asociación Americana de Psicología (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>APA</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -1871,61 +1480,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>ma edición</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B06C32">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como </w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
+      </w:r>
       <w:r w:rsidR="00B8504A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> o similar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="00B06C32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
@@ -1949,564 +1549,583 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>es necesario</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve">, como </w:t>
-[...50 lines deleted...]
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+        <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://latindex.org/latindex/inicio</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://mjl.clarivate.com/home</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
-        <w:r w:rsidRPr="005109BB">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://doaj.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00D27EE2" w:rsidRDefault="00D27EE2">
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRPr="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Datos del autor o los autores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ítulos profesionales </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">universitarios </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>obtenidos al momento del envío del trabajo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>N</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ombre de la institución donde se realizó el trabajo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00386603">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>nstitució</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>n a la cual pertenece o perteneció, en caso de ser jubilado, el autor, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRPr="00807D29" w:rsidRDefault="00B8504A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Declaración de c</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00807D29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>onflicto de intereses</w:t>
       </w:r>
       <w:r w:rsidR="008979B2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> y originalidad</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="00D27EE2">
-[...139 lines deleted...]
-    <w:p w:rsidR="004564A2" w:rsidRDefault="004564A2" w:rsidP="00D27EE2">
+    <w:p w:rsidR="008979B2" w:rsidRPr="008979B2" w:rsidRDefault="007E41C3" w:rsidP="00D27EE2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="90" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009E33F5">
+      </w:pPr>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t>Conforme a lo estipulado en el C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:i/>
+        </w:rPr>
+        <w:t>ódigo de ética y buenas prácticas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:t xml:space="preserve"> publicado en </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
         <w:rPr>
           <w:rStyle w:val="nfasis"/>
           <w:b/>
+        </w:rPr>
+        <w:t>Revista Ethos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:i w:val="0"/>
         </w:rPr>
-        <w:t>N</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
           <w:b/>
-          <w:lang w:val="es-ES"/>
-[...33 lines deleted...]
-          <w:b/>
+        </w:rPr>
+        <w:t>Apellidos y nombres de los autores</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+        </w:rPr>
+        <w:t>),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al Comité Editorial que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="nfasis"/>
+          <w:i w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>o t</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ienen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> situaciones que representen conflicto de interés real, potencial o evidente, de carácter académico, financiero, intelectual o con derechos de propiedad intelectual relacionados con el contenido del </w:t>
       </w:r>
-      <w:r w:rsidR="00CF5BE3">
-[...6 lines deleted...]
-      <w:r w:rsidR="00CF5BE3" w:rsidRPr="00CF5BE3">
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>artículo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C00487">
         <w:rPr>
           <w:b/>
           <w:i/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>título en español</w:t>
-[...3 lines deleted...]
-          <w:b/>
+        <w:t>Título del proyecto</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004564A2">
-[...89 lines deleted...]
-        <w:t xml:space="preserve"> Consiento(consentimos) que el Comité Editorial aplique cualquier sistema de detección de plagio para verificar su originalidad.</w:t>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, en relación con su publicación.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>De igual manera, declara</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>trabajo es original, no ha sido publicado parcial ni totalmente en otro medio de difusión, no se utiliza</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>ron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ideas, formulaciones, citas o ilustraciones diversas, extraídas de distintas fuentes, sin mencionar de forma clara y estricta su origen y sin ser referenciadas debidamente en la bibliografía correspondiente. Cons</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ienten </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004E71CA">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>que el Comité Editorial aplique cualquier sistema de detección de plagio para verificar su originalidad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>, así también declaran</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en la preparación de este manuscrito</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> no utiliz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>aron</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004A5AB7">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Así lo declar</w:t>
       </w:r>
       <w:r w:rsidR="009E33F5">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
@@ -2628,280 +2247,106 @@
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
       <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EE7221" w:rsidRPr="004564A2" w:rsidRDefault="00EE7221" w:rsidP="004564A2">
+    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004632E6" w:rsidRDefault="004632E6" w:rsidP="00F029F3">
-[...97 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
-      <w:pgMar w:top="2268" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
+      <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C1254" w:rsidRDefault="000C1254" w:rsidP="00680C38">
+    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C1254" w:rsidRDefault="000C1254" w:rsidP="00680C38">
+    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
-      </w:r>
-[...77 lines deleted...]
-        <w:t xml:space="preserve"> 10, con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
@@ -2931,51 +2376,51 @@
   <w:p w:rsidR="00312625" w:rsidRDefault="00312625">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00312625" w:rsidRDefault="006D49EB" w:rsidP="00C720C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00C720C9">
       <w:rPr>
         <w:b/>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3096B6A8" wp14:editId="20EA14B0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-93980</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6372000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="24" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6372000" cy="0"/>
@@ -3035,210 +2480,80 @@
     </w:r>
     <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. Revista </w:t>
     </w:r>
     <w:r w:rsidR="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>científica venezolana</w:t>
     </w:r>
     <w:r w:rsidR="00C25C8D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidR="00EB4DB4">
-[...14 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00C720C9">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t>-</w:t>
-[...113 lines deleted...]
-      <w:t>. Venezuela</w:t>
+      <w:t>Venezuela</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A7EAC8D" wp14:editId="28AE703F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2285669</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>69850</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="3617595" cy="262255"/>
               <wp:effectExtent l="0" t="0" r="0" b="4445"/>
               <wp:wrapNone/>
               <wp:docPr id="40" name="Cuadro de texto 40"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="3617595" cy="262255"/>
@@ -3312,51 +2627,51 @@
                       </w:rPr>
                       <w:t>https://revistaethos.uniojeda.edu</w:t>
                     </w:r>
                     <w:r w:rsidR="00E15973">
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                       <w:t>.ve/index.php/RevistaEthos</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F632D16" wp14:editId="7AC5996D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-15240</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>54279</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6371590" cy="0"/>
               <wp:effectExtent l="0" t="0" r="29210" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="39" name="Conector recto 23"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6371590" cy="0"/>
@@ -3389,51 +2704,51 @@
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:line w14:anchorId="7CA78211" id="Conector recto 23" o:spid="_x0000_s1026" style="position:absolute;z-index:251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-1.2pt,4.25pt" to="500.5pt,4.25pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA5apGe4wEAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JtJGkEyzk4SC99&#10;GH18AEORFgGSSywZS/77LilbSR8o0KIXSiR3Zndml5u70Vl2VBgN+JYvFzVnykvojD+0/NvXhzdv&#10;OYtJ+E5Y8KrlJxX53fb1q80QGrWCHmynkBGJj80QWt6nFJqqirJXTsQFBOXpUgM6kWiLh6pDMRC7&#10;s9Wqrq+rAbALCFLFSKf30yXfFn6tlUyftI4qMdtyqi2VFcv6mNdquxHNAUXojTyXIf6hCieMp6Qz&#10;1b1Igj2h+YXKGYkQQaeFBFeB1kaqooHULOuf1HzpRVBFC5kTw2xT/H+08uNxj8x0LV/fcuaFox7t&#10;qFMyATLMH7ZaZ5eGEBsK3vk9nncx7DFLHjW6/CUxbCzOnmZn1ZiYpMPr9c3y6pYaIC931TMwYEzv&#10;FDiWf1pujc+iRSOO72OiZBR6CcnH1uc1gjXdg7G2bPK4qJ1FdhTUaCGl8mlZSOyT+wDddH5zVdel&#10;5cRYJixDCv8LNrrLGaoseJJY/tLJqin7Z6XJMBI1JZiJfsw91W09RWeYpkpnYF0q+yPwHJ+hqozx&#10;34BnRMkMPs1gZzzg77KncZm7TOL1FH9xYNKdLXiE7lSaX6yheSzh57eTB/7lvsCfX/j2OwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOmYVlTaAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FuwjAQRO+V&#10;+AdrkXoDG1SqKI2DEBXlVrUpH2DibRKw15FtSPj7ml7a4+yMZt4W69EadkUfOkcSFnMBDKl2uqNG&#10;wuFrN8uAhahIK+MIJdwwwLqcPBQq126gT7xWsWGphEKuJLQx9jnnoW7RqjB3PVLyvp23KibpG669&#10;GlK5NXwpxDO3qqO00Koety3W5+piJYxZNfjXj9X+lHG7P+D77ubfjJSP03HzAiziGP/CcMdP6FAm&#10;pqO7kA7MSJgtn1JSQrYCdreFWKTfjr8HXhb8P3/5AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhADlqkZ7jAQAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAOmYVlTaAAAABwEAAA8AAAAAAAAAAAAAAAAAPQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABEBQAAAAA=&#10;" strokecolor="#2e74b5 [2404]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="099BF525" wp14:editId="3F183A5F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>149225</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>134289</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="817245" cy="323850"/>
           <wp:effectExtent l="0" t="0" r="1905" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="96" name="Imagen 96"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -3465,51 +2780,51 @@
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00A31934">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1F84359E" wp14:editId="2E099F7A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2286000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>68148</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4094922" cy="336499"/>
               <wp:effectExtent l="0" t="0" r="0" b="6985"/>
               <wp:wrapNone/>
               <wp:docPr id="41" name="Cuadro de texto 41"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="4094922" cy="336499"/>
@@ -3527,147 +2842,83 @@
                         <w:p w:rsidR="00841699" w:rsidRPr="00312625" w:rsidRDefault="00841699" w:rsidP="00841699">
                           <w:pPr>
                             <w:pStyle w:val="Piedepgina"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Recibido</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
-[...35 lines deleted...]
-                            <w:t xml:space="preserve"> </w:t>
+                            <w:t xml:space="preserve">: aaaa/mm/dd </w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                             </w:rPr>
                             <w:sym w:font="Symbol" w:char="F07C"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve"> </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00717C8F">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:b/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                             <w:t>Aceptado</w:t>
                           </w:r>
                           <w:r w:rsidR="000C0013">
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">: </w:t>
+                            <w:t>: aaaa/mm/dd</w:t>
                           </w:r>
-                          <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-                          <w:proofErr w:type="spellEnd"/>
                         </w:p>
                         <w:p w:rsidR="00841699" w:rsidRDefault="00841699" w:rsidP="00841699"/>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="1F84359E" id="Cuadro de texto 41" o:spid="_x0000_s1029" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:180pt;margin-top:5.35pt;width:322.45pt;height:26.5pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALhkYYNgIAAGEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMGO2jAQvVfqP1i+l4SQpSUirCgrqkpo&#10;dyW22rNxbBLJ8bi2IaFf37EDLNr2VPVixjOTmXnznpnf960iR2FdA7qk41FKidAcqkbvS/rjZf3p&#10;CyXOM10xBVqU9CQcvV98/DDvTCEyqEFVwhIsol3RmZLW3psiSRyvRcvcCIzQGJRgW+bxavdJZVmH&#10;1VuVZGk6TTqwlbHAhXPofRiCdBHrSym4f5LSCU9USXE2H08bz104k8WcFXvLTN3w8xjsH6ZoWaOx&#10;6bXUA/OMHGzzR6m24RYcSD/i0CYgZcNFxIBoxuk7NNuaGRGx4HKcua7J/b+y/PH4bElTlTQfU6JZ&#10;ixytDqyyQCpBvOg9EIzgmjrjCszeGsz3/Vfoke6L36EzoO+lbcMv4iIYx4WfrkvGUoSjM09n+SzL&#10;KOEYm0ym+WwWyiRvXxvr/DcBLQlGSS2SGHfLjhvnh9RLSmimYd0oFYlUmnQlnU7u0vjBNYLFlcYe&#10;AcMwa7B8v+sj9OyCYwfVCeFZGHTiDF83OMOGOf/MLAoDEaHY/RMeUgH2grNFSQ3219/8IR/5wigl&#10;HQqtpO7ngVlBifqukcnZOM+DMuMlv/uc4cXeRna3EX1oV4BaRrJwumiGfK8uprTQvuKbWIauGGKa&#10;Y++S+ou58oP88U1xsVzGJNSiYX6jt4aH0mGrYcMv/Suz5kxD0MIjXCTJindsDLkDH8uDB9lEqsKe&#10;h62e1486jmSf31x4KLf3mPX2z7D4DQAA//8DAFBLAwQUAAYACAAAACEAm6idX+EAAAAKAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhNC2kJcaoqUoWE6KGlF26beJtExOsQu23g&#10;63FPcBzNaOZNthxtJ040+NaxhvuJAkFcOdNyrWH/vr5bgPAB2WDnmDR8k4dlfn2VYWrcmbd02oVa&#10;xBL2KWpoQuhTKX3VkEU/cT1x9A5usBiiHGppBjzHctvJqVKJtNhyXGiwp6Kh6nN3tBpei/UGt+XU&#10;Ln664uXtsOq/9h+PWt/ejKtnEIHG8BeGC35Ehzwyle7IxotOwyxR8UuIhpqDuASUengCUWpIZnOQ&#10;eSb/X8h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAA&#10;AABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAA&#10;AAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAuGRhg2AgAAYQQAAA4AAAAAAAAA&#10;AAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJuonV/hAAAACgEAAA8AAAAA&#10;AAAAAAAAAAAAkAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACeBQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
@@ -3869,379 +3120,178 @@
     <w:r w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B864A3" w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0284</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C1254" w:rsidRDefault="000C1254" w:rsidP="00680C38">
+    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C1254" w:rsidRDefault="000C1254" w:rsidP="00680C38">
+    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251687936" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:align>left</wp:align>
+            <wp:posOffset>1600200</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-208966</wp:posOffset>
+            <wp:posOffset>-208915</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2916000" cy="753989"/>
           <wp:effectExtent l="0" t="0" r="0" b="8255"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="2" name="Imagen 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2916000" cy="753989"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00CC2938">
-[...199 lines deleted...]
-    </w:r>
     <w:r w:rsidR="0080224E" w:rsidRPr="0080224E">
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="es-VE"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="004632E6">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004632E6" w:rsidRPr="00312625" w:rsidRDefault="005A6C84">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10AB361B" wp14:editId="134760CF">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>14605</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>506569</wp:posOffset>
+                <wp:posOffset>390829</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6264000" cy="0"/>
               <wp:effectExtent l="0" t="0" r="22860" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="4" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6264000" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:ln w="22225">
                         <a:solidFill>
                           <a:schemeClr val="bg2">
                             <a:lumMod val="90000"/>
                           </a:schemeClr>
                         </a:solidFill>
                       </a:ln>
@@ -4250,75 +3300,75 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2384AD3B" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,39.9pt" to="494.4pt,39.9pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDAabU22wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXv&#10;SPyHyEjcWMqQoCtNJwbaCZjEhsQ1a0xbSJyqSdPy7zHiADfb7+n5e+V6dlYkHELnScHlIgOBVHvT&#10;UaPg9bC9yEGEqMlo6wkVfGGAdXV6UurC+IleMO1jIziEQqEVtDH2hZShbtHpsPA9EmvvfnA68jo0&#10;0gx64nBn5TLLrqXTHfGHVvd432L9uR+dAvP0iM1u85Di8+ZtSoePcZvsTqnzs/nuFkTEOf6Z4Qef&#10;0aFipqMfyQRhFSyv2KjgZsUFWF7lOQ/H34OsSvmfv/oGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAQzJJGuQBAAAuBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAwGm1NtsAAAAHAQAADwAAAAAAAAAAAAAAAAA+BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAEYFAAAAAA==&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="4F4AE97D" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="008C2286" w:rsidRDefault="00E14CDB" w:rsidP="002573F4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>center</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-328803</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="4680000" cy="1210105"/>
           <wp:effectExtent l="0" t="0" r="6350" b="9525"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name=""/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
@@ -4335,51 +3385,51 @@
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="4680000" cy="1210105"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="0080224E" w:rsidRPr="008C2286">
       <w:rPr>
         <w:noProof/>
-        <w:lang w:eastAsia="es-VE"/>
+        <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C2C784E" wp14:editId="711017E8">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>66675</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>1230440</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6227445" cy="0"/>
               <wp:effectExtent l="0" t="0" r="20955" b="19050"/>
               <wp:wrapNone/>
               <wp:docPr id="37" name="Conector recto 16"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="6227445" cy="0"/>
@@ -4509,125 +3559,130 @@
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="120"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
+    <w:rsid w:val="00080E6D"/>
     <w:rsid w:val="000C0013"/>
     <w:rsid w:val="000C1254"/>
     <w:rsid w:val="000D70AA"/>
     <w:rsid w:val="000E7767"/>
     <w:rsid w:val="00113A30"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
     <w:rsid w:val="00192558"/>
     <w:rsid w:val="001A7AD6"/>
     <w:rsid w:val="001D61EC"/>
     <w:rsid w:val="00216178"/>
     <w:rsid w:val="002573F4"/>
+    <w:rsid w:val="002827D3"/>
     <w:rsid w:val="002950C1"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
     <w:rsid w:val="00312625"/>
     <w:rsid w:val="00321DA3"/>
+    <w:rsid w:val="00386603"/>
     <w:rsid w:val="0038781A"/>
     <w:rsid w:val="003A6228"/>
     <w:rsid w:val="003C576A"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
     <w:rsid w:val="004A55BF"/>
     <w:rsid w:val="004E6399"/>
+    <w:rsid w:val="00555405"/>
     <w:rsid w:val="00574554"/>
     <w:rsid w:val="005A6C84"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
     <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="006C2BB6"/>
     <w:rsid w:val="006C6D72"/>
     <w:rsid w:val="006D49EB"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
     <w:rsid w:val="007D40B4"/>
+    <w:rsid w:val="007E41C3"/>
     <w:rsid w:val="0080224E"/>
     <w:rsid w:val="00807D29"/>
     <w:rsid w:val="00821B8A"/>
     <w:rsid w:val="00822244"/>
     <w:rsid w:val="00841699"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
+    <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
     <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
     <w:rsid w:val="00932A26"/>
     <w:rsid w:val="00934DBB"/>
     <w:rsid w:val="00946AC4"/>
     <w:rsid w:val="00992C58"/>
     <w:rsid w:val="00994782"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
     <w:rsid w:val="00A31934"/>
     <w:rsid w:val="00A60D9C"/>
     <w:rsid w:val="00AA7836"/>
     <w:rsid w:val="00AC5271"/>
     <w:rsid w:val="00AF1E61"/>
     <w:rsid w:val="00AF4C8B"/>
     <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
     <w:rsid w:val="00B8504A"/>
@@ -4635,79 +3690,81 @@
     <w:rsid w:val="00B86564"/>
     <w:rsid w:val="00B94943"/>
     <w:rsid w:val="00BA5502"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
     <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
     <w:rsid w:val="00CC2938"/>
     <w:rsid w:val="00CF5BE3"/>
     <w:rsid w:val="00D21222"/>
     <w:rsid w:val="00D27EE2"/>
     <w:rsid w:val="00DB45F4"/>
     <w:rsid w:val="00E04A16"/>
     <w:rsid w:val="00E14CDB"/>
     <w:rsid w:val="00E15973"/>
     <w:rsid w:val="00E53393"/>
     <w:rsid w:val="00EB069B"/>
     <w:rsid w:val="00EB4DB4"/>
     <w:rsid w:val="00EE285E"/>
     <w:rsid w:val="00EE7221"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
     <w:rsid w:val="00F3421D"/>
+    <w:rsid w:val="00F8068F"/>
+    <w:rsid w:val="00F913F4"/>
     <w:rsid w:val="00FB50FC"/>
     <w:rsid w:val="00FC4205"/>
     <w:rsid w:val="00FD63AD"/>
     <w:rsid w:val="00FE0665"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6EEF7A82"/>
+  <w14:docId w14:val="76C65275"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -5237,51 +4294,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/xxxx-xxxx-xxxx-xxxx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -5522,81 +4579,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4976F75C-AC2C-4A9C-B20B-6BCEA43784F3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C31B62EA-E3E2-4430-9743-982935164E03}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>829</Words>
-  <Characters>4565</Characters>
+  <Words>868</Words>
+  <Characters>4780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5384</CharactersWithSpaces>
+  <CharactersWithSpaces>5637</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>