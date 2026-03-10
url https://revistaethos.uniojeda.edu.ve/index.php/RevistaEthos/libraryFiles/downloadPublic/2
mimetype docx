--- v1 (2026-01-28)
+++ v2 (2026-03-10)
@@ -1,43 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00FD63AD" w:rsidRDefault="00FD63AD" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -98,192 +97,173 @@
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Título del artículo en inglés</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008C2286" w:rsidRPr="00680C38" w:rsidRDefault="008C2286" w:rsidP="008C2286">
+    <w:p w:rsidR="008C2286" w:rsidRPr="00C60376" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos, Nombres del autor</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-        <w:t xml:space="preserve">Correo: </w:t>
+      <w:r w:rsidRPr="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Correo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>xxx@xxx</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...63 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Orcid</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00192558" w:rsidRPr="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>https://orcid.org/xxxx-xxxx-xxxx-xxxx</w:t>
+      </w:r>
       <w:r w:rsidR="00192558">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (campo obligatorio)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006135DA" w:rsidRDefault="006135DA" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Afiliación institucional-</w:t>
+        <w:t>Afiliación institucional</w:t>
+      </w:r>
+      <w:r w:rsidR="00C60376">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00192558">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Ciudad, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>País</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D40B4" w:rsidRDefault="007D40B4" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
@@ -848,75 +828,75 @@
         </w:rPr>
         <w:t>n, tamaño 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>. Los subtítulos alineados a la izquierda, en cursiva</w:t>
       </w:r>
       <w:r w:rsidR="004564A2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>, fuente en tamaño 12</w:t>
       </w:r>
       <w:r w:rsidR="00AF4C8B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00176A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Es la recopilación de antecedentes, investigaciones previas y consideraciones teóricas en las que se sustenta la investigación; es decir, la revisión de la </w:t>
+        <w:t xml:space="preserve"> Es la recopilación de antecedentes, investigaciones previas y consideraciones teóricas en las que se sustenta la investigación; es decir, la revisión de la literatura de fuentes actualizadas (últimos 5 años) </w:t>
+      </w:r>
+      <w:r w:rsidR="004E6399">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>consultadas en</w:t>
       </w:r>
       <w:r w:rsidR="00176A9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
+        <w:t xml:space="preserve"> bases de datos de calidad e históricas </w:t>
+      </w:r>
+      <w:r w:rsidR="00176A9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">literatura de fuentes actualizadas (últimos 5 años) </w:t>
+        <w:t>que aporten información relevante a la investigación</w:t>
       </w:r>
       <w:r w:rsidR="004E6399">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>consultadas en</w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="006C6D72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En los artículos no </w:t>
       </w:r>
       <w:r w:rsidR="006C6D72" w:rsidRPr="006C6D72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>se coloca</w:t>
       </w:r>
       <w:r w:rsidR="006C6D72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="006C6D72" w:rsidRPr="006C6D72">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> las investigaciones previas una debajo de otra. La idea es ir redactando la realidad, las teorías y el soporte de leyes e instituciones con esos antecedentes/investigaciones previas</w:t>
@@ -935,51 +915,63 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">En caso de utilizar </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>tablas, el tamaño será en fuente Times New Rom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13FFE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>n tamaño 10, con interlineado sencillo.</w:t>
+        <w:t>n tamaño 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00E3264A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F13FFE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>, con interlineado sencillo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008C2286" w:rsidRDefault="008C2286" w:rsidP="008C2286">
       <w:pPr>
         <w:pStyle w:val="Prrafodelista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1416,384 +1408,474 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> las normas para las referencias en el portal de la revista</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>, ajustadas a</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve">l manual de </w:t>
+        <w:t>l manual de publicaciones de la Asociación Americana de Psicología (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>APA</w:t>
       </w:r>
       <w:r w:rsidR="00AC5271">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en su </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5271">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ma edición</w:t>
+      </w:r>
+      <w:r w:rsidR="008C2286" w:rsidRPr="00EB069B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B06C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Si las URL de las </w:t>
+      </w:r>
+      <w:r w:rsidR="00B06C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>publicaciones de la Asociación Americana de Psicología (</w:t>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> Si las URL de las referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
+        <w:t>referencias consultadas en líneas son muy extensas, se pueden acortar utilizando herramientas como TinyURL</w:t>
       </w:r>
       <w:r w:rsidR="00B8504A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> o similar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="00B06C32">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A6228" w:rsidRDefault="003A6228" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>Importante</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> para darle niveles de calidad a los artículos, a los autores y a la revista donde van a publicar, </w:t>
+        <w:t xml:space="preserve"> para darle niveles de calidad a l</w:t>
+      </w:r>
+      <w:r w:rsidR="00351534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s </w:t>
+      </w:r>
+      <w:r w:rsidR="00351534">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>investigacione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A6228">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s, a los autores y a la revista donde van a publicar, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>es necesario</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6228">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t xml:space="preserve"> tener citas y referencias de artículos publicados en índices internacionales</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>, como Latindex (revistas en línea catálogo 2.0), Scopus, Web of Science, DOAJ, entre otros.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="006F693A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://latindex.org/latindex/inicio</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="006F693A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="006F693A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://mjl.clarivate.com/home</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="003A6228" w:rsidRDefault="00555405" w:rsidP="003A6228">
+    <w:p w:rsidR="003A6228" w:rsidRDefault="006F693A" w:rsidP="003A6228">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="003A6228" w:rsidRPr="005109BB">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
             <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:lang w:eastAsia="es-VE"/>
           </w:rPr>
           <w:t>https://doaj.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00386603" w:rsidRPr="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00386603">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>Datos del autor o los autores</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
-      <w:pPr>
+    <w:p w:rsidR="002D71AB" w:rsidRDefault="00386603" w:rsidP="0070294D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Títulos profesionales universitarios obtenidos al momento del envío del trabajo</w:t>
+      </w:r>
+      <w:r w:rsidR="002D71AB" w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (actualizados en su Orcid).</w:t>
+      </w:r>
+      <w:r w:rsidR="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D71AB" w:rsidRDefault="003646E9" w:rsidP="0070294D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
-        <w:rPr>
-[...18 lines deleted...]
-      <w:r>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Afiliación institucional: n</w:t>
+      </w:r>
+      <w:r w:rsidR="00386603" w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>ombre de la institución donde se realizó el trabajo, ciudad y país</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00386603" w:rsidRPr="002D71AB" w:rsidRDefault="00386603" w:rsidP="0070294D">
+      <w:pPr>
+        <w:pStyle w:val="Prrafodelista"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>Institució</w:t>
+      </w:r>
+      <w:r w:rsidR="003646E9" w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n/organización </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>a la cual pertenece</w:t>
+      </w:r>
+      <w:r w:rsidR="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>/labora</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o perteneció</w:t>
+      </w:r>
+      <w:r w:rsidR="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>en caso de ser jubilado</w:t>
+      </w:r>
+      <w:r w:rsidR="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D71AB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:t>, ciudad y país</w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-        <w:t>n a la cual pertenece o perteneció, en caso de ser jubilado, el autor, ciudad y país</w:t>
+      <w:r w:rsidR="003646E9" w:rsidRPr="002D71AB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="es-VE"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00386603" w:rsidRDefault="00386603">
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:lang w:eastAsia="es-VE"/>
         </w:rPr>
@@ -2084,98 +2166,109 @@
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> no utiliz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>aron</w:t>
       </w:r>
       <w:r w:rsidRPr="004A5AB7">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> herramientas de inteligencia artificial generativa para la redacción de textos o interpretación de datos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="004564A2">
+    <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="008979B2" w:rsidP="00BB6F85">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Así lo declar</w:t>
       </w:r>
       <w:r w:rsidR="009E33F5">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>o(declar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>amos</w:t>
       </w:r>
       <w:r w:rsidR="009E33F5">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>) en</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
+      <w:r w:rsidR="00534ABD">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Ciudad, País</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2990">
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="009E33F5">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
-        <w:t>Lugar y f</w:t>
+        <w:t xml:space="preserve"> f</w:t>
       </w:r>
       <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>echa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004564A2" w:rsidRPr="004564A2" w:rsidRDefault="004564A2" w:rsidP="004564A2">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
@@ -2247,296 +2340,186 @@
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t xml:space="preserve">Nombres y </w:t>
       </w:r>
       <w:r w:rsidR="004564A2" w:rsidRPr="004564A2">
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Apellidos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
+    <w:p w:rsidR="009E6418" w:rsidRDefault="00EE7221" w:rsidP="007E41C3">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Identificación</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="009E6418" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
+    <w:p w:rsidR="00ED6AA0" w:rsidRPr="007E41C3" w:rsidRDefault="00ED6AA0" w:rsidP="007E41C3">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="es-ES"/>
+        </w:rPr>
+        <w:t>Número de teléfono</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00ED6AA0" w:rsidRPr="007E41C3" w:rsidSect="008A29DA">
       <w:headerReference w:type="default" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:endnotePr>
         <w:numFmt w:val="chicago"/>
       </w:endnotePr>
       <w:pgSz w:w="12240" w:h="15840" w:code="119"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="1191" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
+    <w:p w:rsidR="006F693A" w:rsidRDefault="006F693A" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
+    <w:p w:rsidR="006F693A" w:rsidRDefault="006F693A" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-[...141 lines deleted...]
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00841699" w:rsidRDefault="00841699">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00841699">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A7EAC8D" wp14:editId="28AE703F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2285669</wp:posOffset>
@@ -3120,61 +3103,61 @@
     <w:r w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:val="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B864A3" w:rsidRPr="00B864A3">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:bCs/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2739-0284</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
+    <w:p w:rsidR="006F693A" w:rsidRDefault="006F693A" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00555405" w:rsidRDefault="00555405" w:rsidP="00680C38">
+    <w:p w:rsidR="006F693A" w:rsidRDefault="006F693A" w:rsidP="00680C38">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00043803" w:rsidRDefault="00E14CDB">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
@@ -3300,51 +3283,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4F4AE97D" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
+            <v:line w14:anchorId="636F38EC" id="Conector recto 16" o:spid="_x0000_s1026" style="position:absolute;z-index:251681792;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="1.15pt,30.75pt" to="494.4pt,30.75pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBDMkka5AEAAC4EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asbdRacfYhq+1L&#10;L1G7/QCChxgJGARsnPx9B5w4q7ZS1ap+wDBz5nIOw/r+ZA07QogaXceXi5ozcBJ77Q4d//70+OYd&#10;ZzEJ1wuDDjp+hsjvN69frUffQoMDmh4CoyQutqPv+JCSb6sqygGsiAv04MipMFiR6BgOVR/ESNmt&#10;qZq6XlUjht4HlBAjWR8mJ9+U/EqBTF+UipCY6Tj1lsoayrrPa7VZi/YQhB+0vLQh/qELK7SjonOq&#10;B5EEew76l1RWy4ARVVpItBUqpSUUDsRmWf/E5tsgPBQuJE70s0zx/6WVn4+7wHTf8TvOnLB0RVu6&#10;KJkwsJB/bLnKIo0+toTdul24nKLfhcz4pILNf+LCTkXY8ywsnBKTZFw1q7u6Jv3l1VfdAn2I6QOg&#10;ZXnTcaNd5ixacfwYExUj6BWSzcaxseMNfW8LLKLR/aM2JjvL3MDWBHYUdOP7Q1Mw5tl+wn6yvadG&#10;yr1T3hleqrzIRD7jyJhpT0TLLp0NTD18BUWqEbXl1ESe11tdISW4tMzClUyEzmGKupwD6z8HXvA5&#10;FMos/03wHFEqo0tzsNUOw++qp9O1ZTXhrwpMvLMEe+zPZQSKNDSUheHlAeWpf3ku4bdnvvkBAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBjwTGP3AAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqNMiqpDGqSioJ6ASLVKvbrwkgXgdxY4T/p5FPcBxdkYzb/P1ZFsRsfeNIwXzWQICqXSm&#10;oUrB+2F7k4LwQZPRrSNU8I0e1sXlRa4z40Z6w7gPleAS8plWUIfQZVL6skar/cx1SOx9uN7qwLKv&#10;pOn1yOW2lYskWUqrG+KFWnf4WGP5tR+sAvPyjNVu8xTD6+Y4xsPnsI3tTqnrq+lhBSLgFP7C8IvP&#10;6FAw08kNZLxoFSxuOahgOb8DwfZ9mvInp/NBFrn8z1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAEMySRrkAQAALgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAGPBMY/cAAAABwEAAA8AAAAAAAAAAAAAAAAAPgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAABHBQAAAAA=&#10;" strokecolor="#cfcdcd [2894]" strokeweight="1.75pt">
               <v:stroke joinstyle="miter"/>
               <w10:wrap anchorx="margin"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="008C2286" w:rsidRDefault="00E14CDB" w:rsidP="002573F4">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8838"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:val="es-ES" w:eastAsia="es-ES"/>
       </w:rPr>
@@ -3551,220 +3534,346 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="200A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="200A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74896F08"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="71101628"/>
+    <w:lvl w:ilvl="0" w:tplc="A1E0A3D4">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C0A0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C0A0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C0A0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="150"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="chicago"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00113A30"/>
     <w:rsid w:val="00020B15"/>
     <w:rsid w:val="00043803"/>
-    <w:rsid w:val="00080E6D"/>
     <w:rsid w:val="000C0013"/>
     <w:rsid w:val="000C1254"/>
     <w:rsid w:val="000D70AA"/>
+    <w:rsid w:val="000E0966"/>
     <w:rsid w:val="000E7767"/>
     <w:rsid w:val="00113A30"/>
     <w:rsid w:val="00167569"/>
     <w:rsid w:val="00176A9F"/>
     <w:rsid w:val="00192558"/>
     <w:rsid w:val="001A7AD6"/>
     <w:rsid w:val="001D61EC"/>
     <w:rsid w:val="00216178"/>
     <w:rsid w:val="002573F4"/>
-    <w:rsid w:val="002827D3"/>
     <w:rsid w:val="002950C1"/>
     <w:rsid w:val="002B698E"/>
     <w:rsid w:val="002C1AD6"/>
+    <w:rsid w:val="002D71AB"/>
     <w:rsid w:val="00312625"/>
     <w:rsid w:val="00321DA3"/>
+    <w:rsid w:val="00351534"/>
+    <w:rsid w:val="003646E9"/>
     <w:rsid w:val="00386603"/>
     <w:rsid w:val="0038781A"/>
     <w:rsid w:val="003A6228"/>
     <w:rsid w:val="003C576A"/>
     <w:rsid w:val="004174C5"/>
     <w:rsid w:val="00420C83"/>
     <w:rsid w:val="004260DC"/>
     <w:rsid w:val="004564A2"/>
     <w:rsid w:val="004632E6"/>
     <w:rsid w:val="00474448"/>
     <w:rsid w:val="004A55BF"/>
+    <w:rsid w:val="004C3B30"/>
     <w:rsid w:val="004E6399"/>
-    <w:rsid w:val="00555405"/>
+    <w:rsid w:val="00534ABD"/>
     <w:rsid w:val="00574554"/>
     <w:rsid w:val="005A6C84"/>
     <w:rsid w:val="005E2369"/>
     <w:rsid w:val="005E6C3D"/>
     <w:rsid w:val="006135DA"/>
     <w:rsid w:val="00680C38"/>
     <w:rsid w:val="006C2BB6"/>
+    <w:rsid w:val="006C5965"/>
     <w:rsid w:val="006C6D72"/>
     <w:rsid w:val="006D49EB"/>
+    <w:rsid w:val="006F693A"/>
     <w:rsid w:val="00715FC3"/>
     <w:rsid w:val="00717C8F"/>
     <w:rsid w:val="007D40B4"/>
     <w:rsid w:val="007E41C3"/>
     <w:rsid w:val="0080224E"/>
     <w:rsid w:val="00807D29"/>
     <w:rsid w:val="00821B8A"/>
     <w:rsid w:val="00822244"/>
     <w:rsid w:val="00841699"/>
     <w:rsid w:val="0088706A"/>
     <w:rsid w:val="008979B2"/>
     <w:rsid w:val="008A29DA"/>
     <w:rsid w:val="008B672E"/>
     <w:rsid w:val="008C2286"/>
     <w:rsid w:val="008C6214"/>
     <w:rsid w:val="008D1A35"/>
     <w:rsid w:val="00932A26"/>
     <w:rsid w:val="00934DBB"/>
     <w:rsid w:val="00946AC4"/>
     <w:rsid w:val="00992C58"/>
     <w:rsid w:val="00994782"/>
+    <w:rsid w:val="009A19F7"/>
     <w:rsid w:val="009E33F5"/>
     <w:rsid w:val="009E6418"/>
     <w:rsid w:val="00A0477E"/>
     <w:rsid w:val="00A31934"/>
     <w:rsid w:val="00A60D9C"/>
     <w:rsid w:val="00AA7836"/>
     <w:rsid w:val="00AC5271"/>
     <w:rsid w:val="00AF1E61"/>
     <w:rsid w:val="00AF4C8B"/>
     <w:rsid w:val="00B055EC"/>
     <w:rsid w:val="00B06C32"/>
     <w:rsid w:val="00B17730"/>
     <w:rsid w:val="00B44C58"/>
     <w:rsid w:val="00B670AA"/>
     <w:rsid w:val="00B67295"/>
     <w:rsid w:val="00B8504A"/>
     <w:rsid w:val="00B864A3"/>
     <w:rsid w:val="00B86564"/>
     <w:rsid w:val="00B94943"/>
     <w:rsid w:val="00BA5502"/>
+    <w:rsid w:val="00BB6F85"/>
     <w:rsid w:val="00C24524"/>
     <w:rsid w:val="00C25C8D"/>
+    <w:rsid w:val="00C60376"/>
     <w:rsid w:val="00C720C9"/>
     <w:rsid w:val="00C857AE"/>
     <w:rsid w:val="00C97F27"/>
     <w:rsid w:val="00CB2207"/>
     <w:rsid w:val="00CC2938"/>
     <w:rsid w:val="00CF5BE3"/>
     <w:rsid w:val="00D21222"/>
     <w:rsid w:val="00D27EE2"/>
     <w:rsid w:val="00DB45F4"/>
     <w:rsid w:val="00E04A16"/>
     <w:rsid w:val="00E14CDB"/>
     <w:rsid w:val="00E15973"/>
+    <w:rsid w:val="00E3264A"/>
     <w:rsid w:val="00E53393"/>
     <w:rsid w:val="00EB069B"/>
     <w:rsid w:val="00EB4DB4"/>
+    <w:rsid w:val="00ED6AA0"/>
     <w:rsid w:val="00EE285E"/>
     <w:rsid w:val="00EE7221"/>
     <w:rsid w:val="00F029F3"/>
     <w:rsid w:val="00F13FFE"/>
     <w:rsid w:val="00F3421D"/>
     <w:rsid w:val="00F8068F"/>
-    <w:rsid w:val="00F913F4"/>
+    <w:rsid w:val="00FA04E5"/>
     <w:rsid w:val="00FB50FC"/>
     <w:rsid w:val="00FC4205"/>
     <w:rsid w:val="00FD63AD"/>
     <w:rsid w:val="00FE0665"/>
+    <w:rsid w:val="00FE2990"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-VE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="76C65275"/>
+  <w14:docId w14:val="33055A52"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D089B1F-E107-4898-950E-625D786C1051}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-VE" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -4294,54 +4403,54 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00043803"/>
   </w:style>
   <w:style w:type="character" w:styleId="nfasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="004564A2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:relyOnVML/>
   <w:doNotRelyOnCSS/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://latindex.org/latindex/inicio" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doaj.org/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mjl.clarivate.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scopus.com/home.uri?zone=header&amp;origin=sbrowse" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -4579,81 +4688,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C31B62EA-E3E2-4430-9743-982935164E03}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5A3BFEED-E0F1-4BCA-B2E6-3730B4E67508}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>868</Words>
-  <Characters>4780</Characters>
+  <Words>885</Words>
+  <Characters>4869</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Dixguel03</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5637</CharactersWithSpaces>
+  <CharactersWithSpaces>5743</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DorysLu</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>